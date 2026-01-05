--- v0 (2025-10-21)
+++ v1 (2026-01-05)
@@ -4,51 +4,51 @@
   <Default Extension="JPG" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="73CB5907" w14:textId="77777777" w:rsidR="00C86127" w:rsidRDefault="00AB0D7A" w:rsidP="00E97664">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="144447E7" wp14:editId="7DE76A8F">
             <wp:extent cx="5580000" cy="1098000"/>
             <wp:effectExtent l="0" t="0" r="1905" b="6985"/>
             <wp:docPr id="3" name="Picture 3">
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                   <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -232,51 +232,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00E15F74">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">This guidance has been developed to help support your setting through the completion of your online S175/S157 safeguarding self-assessment. It provides important information about using the online tool to complete your self-assessment as well as guidance about self-assessing your safeguarding provision. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0886AE2B" w14:textId="77777777" w:rsidR="00CA1101" w:rsidRPr="00E15F74" w:rsidRDefault="00CA1101" w:rsidP="00E97664">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2E013198" w14:textId="3A546880" w:rsidR="00E97664" w:rsidRPr="00E15F74" w:rsidRDefault="00E97664" w:rsidP="00E97664">
+    <w:p w14:paraId="2E013198" w14:textId="42FE8192" w:rsidR="00E97664" w:rsidRPr="00E15F74" w:rsidRDefault="00E97664" w:rsidP="00E97664">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E15F74">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Why is a Section 175/157 required? The requirements of the statutory guidance</w:t>
       </w:r>
       <w:r w:rsidR="00C164EA" w:rsidRPr="00E15F74">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
@@ -334,138 +334,169 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00E15F74">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="00144086" w:rsidRPr="00E15F74">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>23</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C164EA" w:rsidRPr="00E15F74">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00E21516">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E15F74">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00C164EA" w:rsidRPr="00E15F74">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E15F74">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E15F74">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">place a number of duties on Local Authorities and School Governing Bodies under Section 175 of the Education Act 2002. These include reference to the need to </w:t>
+        <w:t xml:space="preserve">place </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E15F74">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>make arrangements</w:t>
+        <w:t>a number of</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00E15F74">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve"> duties on Local Authorities and School Governing Bodies under Section 175 of the Education Act 2002. These include reference to the need to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E15F74">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>make arrangements</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E15F74">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> to safeguard and promote the welfare of children. The </w:t>
       </w:r>
       <w:r w:rsidR="00144086" w:rsidRPr="00E15F74">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Keeping Children Safe in Education</w:t>
       </w:r>
       <w:r w:rsidRPr="00E15F74">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> [20</w:t>
       </w:r>
       <w:r w:rsidR="00144086" w:rsidRPr="00E15F74">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="0031344B" w:rsidRPr="00E15F74">
-[...6 lines deleted...]
-        <w:t>4</w:t>
+      <w:r w:rsidR="00E21516">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00E15F74">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">] statement in full reads: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35C706B4" w14:textId="77777777" w:rsidR="00144086" w:rsidRDefault="00144086" w:rsidP="00E97664">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -492,101 +523,87 @@
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI Light"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="62982B83" w14:textId="2C95263D" w:rsidR="00144086" w:rsidRPr="008C1AF3" w:rsidRDefault="00144086" w:rsidP="00E97664">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI Light"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C1AF3">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI Light"/>
         </w:rPr>
-        <w:t xml:space="preserve">Section 175 of the Education Act 2002 requires governing bodies of maintained schools and colleges, in relation to their functions relating to the conduct of the school or the institution to </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> for ensuring that such functions are exercised with a view to safeguarding and promoting the welfare of children who are either pupils at the school or are receiving education or training at the institution. The Education (Independent School Standards) Regulations 2014 apply a duty to proprietors of independent schools (which in the case of academies and free schools is the academy trust) to ensure that arrangements are made to safeguard and promote the welfare of children. The Non-Maintained Special Schools (England) Regulations 2015 oblige non-maintained special schools to comply with certain requirements as a condition of their approval and whilst approved by the Secretary </w:t>
+        <w:t xml:space="preserve">Section 175 of the Education Act 2002 requires governing bodies of maintained schools and colleges, in relation to their functions relating to the conduct of the school or the institution to make arrangements for ensuring that such functions are exercised with a view to safeguarding and promoting the welfare of children who are either pupils at the school or are receiving education or training at the institution. The Education (Independent School Standards) Regulations 2014 apply a duty to proprietors of independent schools (which in the case of academies and free schools is the academy trust) to ensure that arrangements are made to safeguard and promote the welfare of children. The Non-Maintained Special Schools (England) Regulations 2015 oblige non-maintained special schools to comply with certain requirements as a condition of their approval and whilst approved by the Secretary </w:t>
       </w:r>
       <w:r w:rsidRPr="008C1AF3">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI Light"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">of State. One condition of approval is that the proprietor must make arrangements for safeguarding and promoting the health, safety and welfare of pupils, which have regard to any guidance including where appropriate, the National Minimum Standards, about safeguarding and promoting the health, safety and welfare of pupils and, in the case of schools already approved, that these arrangements at the school with respect to these matters are in accordance with the approval given by the Secretary of State. The Apprenticeships, Skills, Children and Learning Act 2009 (as amended) requires 16-19 Academies, Special Post-16 institutions and Independent Training Providers to </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="008C1AF3">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI Light"/>
         </w:rPr>
         <w:t>make arrangements</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="008C1AF3">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI Light"/>
         </w:rPr>
         <w:t xml:space="preserve"> to ensure that the proprietor's functions relating to the conduct of the institution are exercised with a view to safeguarding and promoting the welfare of children receiving education or training at the institution. For colleges, non-maintained special schools and independent schools: the definition of ‘children’ applies to the statutory responsibilities for safeguarding and promoting the welfare of children i.e. those under 18.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33AF4FB9" w14:textId="50226F8E" w:rsidR="00E97664" w:rsidRPr="008C1AF3" w:rsidRDefault="00E97664" w:rsidP="00E97664">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Semilight" w:hAnsi="Segoe UI Semilight" w:cs="Segoe UI Semilight"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="67924478" w14:textId="6887F2FA" w:rsidR="00E97664" w:rsidRPr="008C1AF3" w:rsidRDefault="00E97664" w:rsidP="00E97664">
+    <w:p w14:paraId="67924478" w14:textId="5F04E70D" w:rsidR="00E97664" w:rsidRPr="008C1AF3" w:rsidRDefault="00E97664" w:rsidP="00E97664">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI Light"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C1AF3">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI Light"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Note: A link to the full </w:t>
       </w:r>
       <w:r w:rsidR="00C164EA" w:rsidRPr="008C1AF3">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI Light"/>
           <w:color w:val="000000"/>
@@ -609,144 +626,144 @@
           <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI Light"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="008C1AF3">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI Light"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="00144086" w:rsidRPr="008C1AF3">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI Light"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="0031344B" w:rsidRPr="008C1AF3">
+      <w:r w:rsidR="00E21516">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI Light"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00C164EA" w:rsidRPr="008C1AF3">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI Light"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="008C1AF3">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light" w:cs="Segoe UI Light"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> guidance is provided in the Useful References section below. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62FC2114" w14:textId="77777777" w:rsidR="00E97664" w:rsidRPr="00E97664" w:rsidRDefault="00E97664" w:rsidP="00E97664">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Semilight" w:hAnsi="Segoe UI Semilight" w:cs="Segoe UI Semilight"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="62E748D2" w14:textId="3E617D45" w:rsidR="00CA1101" w:rsidRPr="008759F4" w:rsidRDefault="00E97664" w:rsidP="00E97664">
+    <w:p w14:paraId="62E748D2" w14:textId="2F062012" w:rsidR="00CA1101" w:rsidRPr="008759F4" w:rsidRDefault="00E97664" w:rsidP="00E97664">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008759F4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Bolton Safeguarding Children Partnership has agreed that for the </w:t>
       </w:r>
       <w:r w:rsidRPr="00144086">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="0031344B">
-[...6 lines deleted...]
-        <w:t>4</w:t>
+      <w:r w:rsidR="00E21516">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00144086">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>/2</w:t>
       </w:r>
-      <w:r w:rsidR="0031344B">
-[...6 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="00E21516">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="008759F4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> academic year, the S175/S157 process should be undertaken on behalf of </w:t>
       </w:r>
       <w:r w:rsidR="000D4549">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Bolton </w:t>
       </w:r>
       <w:r w:rsidRPr="008759F4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -960,139 +977,119 @@
                         </a:prstGeom>
                         <a:gradFill rotWithShape="1">
                           <a:gsLst>
                             <a:gs pos="0">
                               <a:srgbClr val="D6BBEB">
                                 <a:alpha val="44000"/>
                               </a:srgbClr>
                             </a:gs>
                             <a:gs pos="100000">
                               <a:srgbClr val="EB71C2"/>
                             </a:gs>
                           </a:gsLst>
                           <a:lin ang="5400000" scaled="1"/>
                         </a:gradFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="7030A0"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="552F8D8B" w14:textId="21B55906" w:rsidR="00D50F5C" w:rsidRPr="00144086" w:rsidRDefault="00D50F5C" w:rsidP="004D6D1A">
+                          <w:p w14:paraId="552F8D8B" w14:textId="75666DA1" w:rsidR="00D50F5C" w:rsidRPr="00144086" w:rsidRDefault="00D50F5C" w:rsidP="004D6D1A">
                             <w:pPr>
                               <w:autoSpaceDE w:val="0"/>
                               <w:autoSpaceDN w:val="0"/>
                               <w:adjustRightInd w:val="0"/>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="7030A0"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="004D6D1A">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="7030A0"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Self-assessment Opens:  </w:t>
-                            </w:r>
-[...18 lines deleted...]
-                              <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidR="0031344B">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="7030A0"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>6</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00144086">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="7030A0"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                                 <w:vertAlign w:val="superscript"/>
                               </w:rPr>
                               <w:t>th</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00144086">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="7030A0"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> January 202</w:t>
                             </w:r>
-                            <w:r w:rsidR="0031344B">
+                            <w:r w:rsidR="00DF4F76">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="7030A0"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="1C55FAF8" w14:textId="0B0B3C99" w:rsidR="00D50F5C" w:rsidRPr="004D6D1A" w:rsidRDefault="00D50F5C" w:rsidP="004D6D1A">
+                          <w:p w14:paraId="1C55FAF8" w14:textId="64828135" w:rsidR="00D50F5C" w:rsidRPr="004D6D1A" w:rsidRDefault="00D50F5C" w:rsidP="004D6D1A">
                             <w:pPr>
                               <w:autoSpaceDE w:val="0"/>
                               <w:autoSpaceDN w:val="0"/>
                               <w:adjustRightInd w:val="0"/>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="7030A0"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00144086">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="7030A0"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Self-assessment Closes: </w:t>
                             </w:r>
                             <w:r w:rsidR="00EB73D3">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="7030A0"/>
@@ -1110,213 +1107,193 @@
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Friday</w:t>
                             </w:r>
                             <w:r w:rsidR="00EB73D3">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="7030A0"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidR="001471AA" w:rsidRPr="00144086">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="7030A0"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>1</w:t>
                             </w:r>
-                            <w:r w:rsidR="0031344B">
+                            <w:r w:rsidR="00DF4F76">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="7030A0"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
-                              <w:t>8</w:t>
+                              <w:t>7</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00144086">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="7030A0"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                                 <w:vertAlign w:val="superscript"/>
                               </w:rPr>
                               <w:t>th</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00144086">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="7030A0"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> April 202</w:t>
                             </w:r>
-                            <w:r w:rsidR="0031344B">
+                            <w:r w:rsidR="00DF4F76">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="7030A0"/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="7AA433EE" w14:textId="77777777" w:rsidR="00D50F5C" w:rsidRDefault="00D50F5C"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="7591EFAA" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="Text Box 6" o:spid="_x0000_s1026" type="#_x0000_t202" alt="&quot;&quot;" style="position:absolute;margin-left:.75pt;margin-top:5.35pt;width:428.4pt;height:66.45pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC+ZQ1QbwIAANcEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X22nSdsYdYombYcB&#10;3QfQDTsrsmwLk0VNUmK3v36U5KTZdht2MSSRfCTfI319M/aK7IV1EnRFi7OcEqE51FK3Ff329eHd&#10;FSXOM10zBVpU9Fk4erN6++Z6MKWYQQeqFpYgiHblYCraeW/KLHO8Ez1zZ2CERmMDtmcer7bNassG&#10;RO9VNsvzi2wAWxsLXDiHr3fJSFcRv2kE95+bxglPVEWxNh+/Nn634ZutrlnZWmY6yacy2D9U0TOp&#10;MekR6o55RnZW/gXVS27BQePPOPQZNI3kIvaA3RT5H908dcyI2AuS48yRJvf/YPmn/ZP5Yokf1zCi&#10;gLEJZx6B/3BEw6ZjuhW31sLQCVZj4iJQlg3GlVNooNqVLoBsh49Qo8hs5yECjY3tAyvYJ0F0FOD5&#10;SLoYPeH4uJjP88XVkhKOtqv5+bJYxBSsPEQb6/x7AT0Jh4paFDWis/2j86EaVh5cJgnqB6kUseC/&#10;S99FFg+ttQ5jopcjBrCfPHVs2+1GWbJnOCd3F+v1/TqlUKZj6RXLzOO8YDqX3GPq1p3CFeiEbuFp&#10;ckrR9+vLYjObGgshiHKsRUlNkOfARQonjjMl6gPbcaxiTwFXaTJUdLmYLVIaUPJo+y3nZX6e3x5L&#10;PnXrpcetU7JHxlPGuAdB4ntdx7NnUqUzVqr0pHmQOQnux+2IjkH7LdTPqD7SHSXGvwEeOrAvlAy4&#10;WRV1P3fMCkrUB42MLwukElcxXuaLyxle7Klle2phmiNURT1FisJx49P67oyVbYeZ0sxquMWpa2Qc&#10;iNeqprpxexLladPDep7eo9fr/2j1CwAA//8DAFBLAwQUAAYACAAAACEAby7oUt4AAAAIAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KgNpW0U4lQFiQM/FxpUqTcnXuKo8TqK3Ta8&#10;PcsJTqvZGc1+W6wn34sTjrELpOF2pkAgNcF21Gr4rJ5vMhAxGbKmD4QavjHCury8KExuw5k+8LRN&#10;reASirnR4FIacilj49CbOAsDEntfYfQmsRxbaUdz5nLfyzulltKbjviCMwM+OWwO26PXIKumS656&#10;3NTvL69pt1dvzh1WWl9fTZsHEAmn9BeGX3xGh5KZ6nAkG0XPesFBHmoFgu1skc1B1Ly4ny9BloX8&#10;/0D5AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAL5lDVBvAgAA1wQAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAG8u6FLeAAAACAEAAA8AAAAAAAAA&#10;AAAAAAAAyQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADUBQAAAAA=&#10;" fillcolor="#d6bbeb" strokecolor="#7030a0">
                 <v:fill opacity="28835f" color2="#eb71c2" rotate="t" focus="100%" type="gradient"/>
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="552F8D8B" w14:textId="21B55906" w:rsidR="00D50F5C" w:rsidRPr="00144086" w:rsidRDefault="00D50F5C" w:rsidP="004D6D1A">
+                    <w:p w14:paraId="552F8D8B" w14:textId="75666DA1" w:rsidR="00D50F5C" w:rsidRPr="00144086" w:rsidRDefault="00D50F5C" w:rsidP="004D6D1A">
                       <w:pPr>
                         <w:autoSpaceDE w:val="0"/>
                         <w:autoSpaceDN w:val="0"/>
                         <w:adjustRightInd w:val="0"/>
                         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="7030A0"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="004D6D1A">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="7030A0"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Self-assessment Opens:  </w:t>
-                      </w:r>
-[...18 lines deleted...]
-                        <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidR="0031344B">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="7030A0"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>6</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00144086">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="7030A0"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                           <w:vertAlign w:val="superscript"/>
                         </w:rPr>
                         <w:t>th</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00144086">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="7030A0"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> January 202</w:t>
                       </w:r>
-                      <w:r w:rsidR="0031344B">
+                      <w:r w:rsidR="00DF4F76">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="7030A0"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="1C55FAF8" w14:textId="0B0B3C99" w:rsidR="00D50F5C" w:rsidRPr="004D6D1A" w:rsidRDefault="00D50F5C" w:rsidP="004D6D1A">
+                    <w:p w14:paraId="1C55FAF8" w14:textId="64828135" w:rsidR="00D50F5C" w:rsidRPr="004D6D1A" w:rsidRDefault="00D50F5C" w:rsidP="004D6D1A">
                       <w:pPr>
                         <w:autoSpaceDE w:val="0"/>
                         <w:autoSpaceDN w:val="0"/>
                         <w:adjustRightInd w:val="0"/>
                         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="7030A0"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00144086">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="7030A0"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Self-assessment Closes: </w:t>
                       </w:r>
                       <w:r w:rsidR="00EB73D3">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="7030A0"/>
@@ -1334,94 +1311,94 @@
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Friday</w:t>
                       </w:r>
                       <w:r w:rsidR="00EB73D3">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="7030A0"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidR="001471AA" w:rsidRPr="00144086">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="7030A0"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>1</w:t>
                       </w:r>
-                      <w:r w:rsidR="0031344B">
+                      <w:r w:rsidR="00DF4F76">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="7030A0"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
-                        <w:t>8</w:t>
+                        <w:t>7</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00144086">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="7030A0"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                           <w:vertAlign w:val="superscript"/>
                         </w:rPr>
                         <w:t>th</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00144086">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="7030A0"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> April 202</w:t>
                       </w:r>
-                      <w:r w:rsidR="0031344B">
+                      <w:r w:rsidR="00DF4F76">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="7030A0"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="7AA433EE" w14:textId="77777777" w:rsidR="00D50F5C" w:rsidRDefault="00D50F5C"/>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="20D1F593" w14:textId="31C6BC1B" w:rsidR="008759F4" w:rsidRDefault="008759F4" w:rsidP="00CA1101">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Semilight" w:hAnsi="Segoe UI Semilight" w:cs="Segoe UI Semilight"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -1559,263 +1536,283 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Before you start you will need your DFE number, Pupil number on roll and the number of FTE staff employed.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7832013A" w14:textId="77777777" w:rsidR="0078524B" w:rsidRDefault="0078524B" w:rsidP="00CA1101">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="50F6E478" w14:textId="620396FA" w:rsidR="00CA1101" w:rsidRDefault="00CA1101" w:rsidP="00CA1101">
+    <w:p w14:paraId="50F6E478" w14:textId="620396FA" w:rsidR="00CA1101" w:rsidRDefault="00CA1101" w:rsidP="00836099">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008759F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">As illustrated in the structure at </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008759F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Figure 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008759F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008759F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008759F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the S175/157 self-assessment includes an </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008759F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Introduction </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008759F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">which requires the completion of setting-specific information. This is followed by Three distinct Parts, namely: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008759F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. The School Approach; 2. Effective Safeguarding; 3. Specific Safeguarding </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA2D9E" w:rsidRPr="008759F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Issues.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008759F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Each of these Parts is divided into </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008759F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a number of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008759F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> related Sections which contain the S175/157 self-assessment statements</w:t>
+      </w:r>
+      <w:r w:rsidR="007D1D8A" w:rsidRPr="008759F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / questions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008759F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00340F30" w:rsidRPr="008759F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i.e.,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008759F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Parts &gt; Sections &gt; Statements</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB760A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:r w:rsidR="00551048">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Q</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB760A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uestions. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FE86748" w14:textId="03C5812D" w:rsidR="008759F4" w:rsidRDefault="008759F4" w:rsidP="00CA1101">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008759F4">
-[...162 lines deleted...]
-    <w:p w14:paraId="6FE86748" w14:textId="03C5812D" w:rsidR="008759F4" w:rsidRDefault="008759F4" w:rsidP="00CA1101">
+    </w:p>
+    <w:p w14:paraId="44B73C07" w14:textId="77777777" w:rsidR="00587CAE" w:rsidRDefault="00C86127" w:rsidP="001C7C2D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000"/>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Semilight" w:hAnsi="Segoe UI Semilight" w:cs="Segoe UI Semilight"/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7CE9BEA6" wp14:editId="1D3C722C">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7CE9BEA6" wp14:editId="24197815">
             <wp:extent cx="3581400" cy="4581525"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:docPr id="8" name="Picture 8">
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                   <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="8" name="Picture 8">
                       <a:extLst>
                         <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                           <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                         </a:ext>
                       </a:extLst>
                     </pic:cNvPr>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
@@ -1972,51 +1969,50 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="41D805DB" w14:textId="22001337" w:rsidR="008B386F" w:rsidRPr="008759F4" w:rsidRDefault="00CA1101" w:rsidP="00CA1101">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008759F4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Each Section contains multiple </w:t>
       </w:r>
       <w:r w:rsidR="007D1D8A" w:rsidRPr="008759F4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="008759F4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>tatements</w:t>
       </w:r>
       <w:r w:rsidR="007D1D8A" w:rsidRPr="008759F4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
@@ -2292,85 +2288,112 @@
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Section 3: </w:t>
       </w:r>
       <w:r w:rsidR="001C15C0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008759F4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Partnership working and training</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BE6BE35" w14:textId="4E45CE3F" w:rsidR="004A464E" w:rsidRPr="008759F4" w:rsidRDefault="004A464E" w:rsidP="00CA1101">
+    <w:p w14:paraId="6BE6BE35" w14:textId="53B8FACF" w:rsidR="004A464E" w:rsidRPr="008759F4" w:rsidRDefault="004A464E" w:rsidP="00CA1101">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008759F4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Section 4: </w:t>
       </w:r>
       <w:r w:rsidR="001C15C0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008759F4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Early Help</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD3E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Family / Early</w:t>
+      </w:r>
+      <w:r w:rsidR="00836099">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008759F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Help</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="247982E7" w14:textId="67063242" w:rsidR="004A464E" w:rsidRDefault="004A464E" w:rsidP="000D4549">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008759F4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Section 5: </w:t>
       </w:r>
       <w:r w:rsidR="001C15C0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
@@ -2852,88 +2875,88 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="004A464E" w:rsidRPr="008759F4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ection 16:  Child on child harm</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09E840ED" w14:textId="60EF8950" w:rsidR="00370D40" w:rsidRPr="000D4549" w:rsidRDefault="004A464E" w:rsidP="00CA1101">
+    <w:p w14:paraId="09E840ED" w14:textId="60EF8950" w:rsidR="00370D40" w:rsidRDefault="004A464E" w:rsidP="00CA1101">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008759F4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Section 17:  Extremism and radicalisation</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06A7535B" w14:textId="37CA7BE3" w:rsidR="008B386F" w:rsidRPr="008B386F" w:rsidRDefault="008B386F" w:rsidP="00370D40">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B386F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Unfortunately, unless each question has been answered it is not possible to navigate through the assessment.</w:t>
       </w:r>
       <w:r w:rsidR="007E261F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> You </w:t>
       </w:r>
       <w:r w:rsidR="004635AB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>will f</w:t>
       </w:r>
       <w:r w:rsidR="007E261F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ind </w:t>
@@ -3177,51 +3200,69 @@
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">is provided </w:t>
       </w:r>
       <w:r w:rsidR="007D1D8A" w:rsidRPr="005767EC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Appendix 1</w:t>
       </w:r>
       <w:r w:rsidRPr="005767EC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> along with a number of suggested examples</w:t>
+        <w:t xml:space="preserve"> along with </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005767EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a number of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005767EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> suggested examples</w:t>
       </w:r>
       <w:r w:rsidR="005767EC" w:rsidRPr="005767EC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="135B5084" w14:textId="7CFD46B1" w:rsidR="00370D40" w:rsidRPr="00B838C1" w:rsidRDefault="00370D40" w:rsidP="00370D40">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk122011085"/>
       <w:r w:rsidRPr="00F96E8B">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Semilight" w:hAnsi="Segoe UI Semilight" w:cs="Segoe UI Semilight"/>
@@ -3235,51 +3276,67 @@
       <w:r w:rsidRPr="00F96E8B">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Semilight" w:hAnsi="Segoe UI Semilight" w:cs="Segoe UI Semilight"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>You may find it helpful to keep the grading descriptors table available for reference as you work through your self-assessment.</w:t>
       </w:r>
       <w:r w:rsidR="008B386F">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Semilight" w:hAnsi="Segoe UI Semilight" w:cs="Segoe UI Semilight"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> A copy of this can be found on the self-assessment grading tile on </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidR="008B386F" w:rsidRPr="00B838C1">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>Self-assessment Grading – Bolton Safeguarding Children</w:t>
+          <w:t>Self-assessment Gra</w:t>
+        </w:r>
+        <w:r w:rsidR="008B386F" w:rsidRPr="00B838C1">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>d</w:t>
+        </w:r>
+        <w:r w:rsidR="008B386F" w:rsidRPr="00B838C1">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>ing – Bolton Safeguarding Children</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="61BEC918" w14:textId="77777777" w:rsidR="00F96E8B" w:rsidRPr="00370D40" w:rsidRDefault="00F96E8B" w:rsidP="00370D40">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Semilight" w:hAnsi="Segoe UI Semilight" w:cs="Segoe UI Semilight"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6F6B1C5C" w14:textId="70B7F03F" w:rsidR="007052F6" w:rsidRPr="00F96E8B" w:rsidRDefault="00370D40" w:rsidP="00714B24">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -3810,50 +3867,51 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="240CBC7E" w14:textId="6E2EDC5E" w:rsidR="007052F6" w:rsidRPr="00F96E8B" w:rsidRDefault="007052F6" w:rsidP="007052F6">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F96E8B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Submission</w:t>
       </w:r>
       <w:r w:rsidRPr="00F96E8B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00EB3831" w:rsidRPr="00F96E8B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Following</w:t>
       </w:r>
       <w:r w:rsidRPr="00F96E8B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
@@ -3943,51 +4001,50 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FF972C4" w14:textId="16FD5A04" w:rsidR="007052F6" w:rsidRPr="00E15F74" w:rsidRDefault="007052F6" w:rsidP="007052F6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E15F74">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Important:</w:t>
       </w:r>
       <w:r w:rsidRPr="00E15F74">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Please note that once the self-assessment has been submitted, it is no longer possible to ma</w:t>
       </w:r>
       <w:r w:rsidR="00A0102D" w:rsidRPr="00E15F74">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ke change</w:t>
       </w:r>
       <w:r w:rsidR="00BB3D29" w:rsidRPr="00E15F74">
@@ -4062,51 +4119,51 @@
       </w:r>
       <w:r w:rsidR="00726DBA" w:rsidRPr="00F96E8B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> to the next section.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3898097D" w14:textId="05C0F1C7" w:rsidR="001A750D" w:rsidRDefault="001A750D" w:rsidP="00A0102D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Semilight" w:hAnsi="Segoe UI Semilight" w:cs="Segoe UI Semilight"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="08FDF6DE" w14:textId="5D65F291" w:rsidR="00BB3D29" w:rsidRPr="00F96E8B" w:rsidRDefault="00A0102D" w:rsidP="00A0102D">
+    <w:p w14:paraId="7AB096F8" w14:textId="77777777" w:rsidR="00E1361F" w:rsidRDefault="00A0102D" w:rsidP="00A0102D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F96E8B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Printing</w:t>
       </w:r>
       <w:r w:rsidR="001D07E4">
         <w:rPr>
@@ -4142,62 +4199,85 @@
       <w:r w:rsidR="00BB3D29" w:rsidRPr="00F96E8B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> completing your final question of the self-a</w:t>
       </w:r>
       <w:r w:rsidRPr="00F96E8B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ssessment, you will be presented with a final screen </w:t>
       </w:r>
       <w:r w:rsidR="00184F9A" w:rsidRPr="00F96E8B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Print, Save, Submit. </w:t>
+        <w:t>Print, Save,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08FDF6DE" w14:textId="639CA9A5" w:rsidR="00BB3D29" w:rsidRPr="00F96E8B" w:rsidRDefault="00184F9A" w:rsidP="00A0102D">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F96E8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Submit. </w:t>
       </w:r>
       <w:r w:rsidR="00BB3D29" w:rsidRPr="00F96E8B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> To save a copy of your assessment </w:t>
       </w:r>
-      <w:r w:rsidR="00184F9A" w:rsidRPr="00F96E8B">
+      <w:r w:rsidRPr="00F96E8B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Select </w:t>
       </w:r>
       <w:r w:rsidR="00BB3D29" w:rsidRPr="00F96E8B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ctrl +</w:t>
       </w:r>
       <w:r w:rsidR="00CC245B" w:rsidRPr="00F96E8B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -4278,51 +4358,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>digital copy of your responses enabling you to copy-and-paste your submitted responses into your safeguarding action plan</w:t>
       </w:r>
       <w:r w:rsidR="001D07E4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00BB3D29" w:rsidRPr="00F96E8B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">you can then either select the Print option or Ctrl +P to print your copy. We recommend you choose to print in </w:t>
       </w:r>
-      <w:r w:rsidR="00184F9A" w:rsidRPr="00F96E8B">
+      <w:r w:rsidRPr="00F96E8B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">landscape orientation. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EEF6D1B" w14:textId="6D27387D" w:rsidR="00A0102D" w:rsidRPr="00F96E8B" w:rsidRDefault="00184F9A" w:rsidP="00A0102D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F96E8B">
@@ -4409,51 +4489,65 @@
       </w:pPr>
       <w:r w:rsidRPr="00F96E8B">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Semilight" w:hAnsi="Segoe UI Semilight" w:cs="Segoe UI Semilight"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Useful Tip:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Semilight" w:hAnsi="Segoe UI Semilight" w:cs="Segoe UI Semilight"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> An action plan template can be found at </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="000F13C0">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>Action Planning from your Self-Audit – Bolton Safeguarding Children</w:t>
+          <w:t>Action Planning from your Self-A</w:t>
+        </w:r>
+        <w:r w:rsidRPr="000F13C0">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>u</w:t>
+        </w:r>
+        <w:r w:rsidRPr="000F13C0">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>dit – Bolton Safeguarding Children</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="08F40EF9" w14:textId="77777777" w:rsidR="001A750D" w:rsidRPr="00A0102D" w:rsidRDefault="001A750D" w:rsidP="00A0102D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Semilight" w:hAnsi="Segoe UI Semilight" w:cs="Segoe UI Semilight"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4CB4E8ED" w14:textId="77777777" w:rsidR="00A0102D" w:rsidRPr="004C3313" w:rsidRDefault="00A0102D" w:rsidP="00A0102D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4537,51 +4631,69 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> on the</w:t>
       </w:r>
       <w:r w:rsidR="002929AB" w:rsidRPr="004C3313">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidR="002929AB" w:rsidRPr="004C3313">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>Bolton Safeguarding Children</w:t>
+          <w:t>Bolton Safeguarding</w:t>
+        </w:r>
+        <w:r w:rsidR="002929AB" w:rsidRPr="004C3313">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="002929AB" w:rsidRPr="004C3313">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Children</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="000F13C0">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Partnership</w:t>
       </w:r>
       <w:r w:rsidR="002929AB" w:rsidRPr="004C3313">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004C3313">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
@@ -4813,97 +4925,65 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C3313">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Useful references:</w:t>
       </w:r>
       <w:r w:rsidRPr="004C3313">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Below you will find a series of references referred to in the self-assessment. These references are provided as they appear by section and include both statutory guidance, best-practice advice and resources to support you in developing your safeguarding provision. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5600CFA7" w14:textId="782B190C" w:rsidR="00CE1713" w:rsidRDefault="00CE1713" w:rsidP="00A0102D">
+    <w:p w14:paraId="7B658F70" w14:textId="77777777" w:rsidR="0068095A" w:rsidRDefault="0068095A" w:rsidP="00A0102D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="32"/>
-[...30 lines deleted...]
-          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:sectPr w:rsidR="0068095A" w:rsidSect="00714B24">
+        <w:sectPr w:rsidR="0068095A" w:rsidSect="00674D8C">
           <w:footerReference w:type="default" r:id="rId18"/>
           <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
           <w:pgMar w:top="709" w:right="1440" w:bottom="426" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="286CEA54" w14:textId="558BB9CD" w:rsidR="00CE1713" w:rsidRPr="004B3AA4" w:rsidRDefault="00CE1713" w:rsidP="00A0102D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B3AA4">
         <w:rPr>
@@ -5012,1664 +5092,1956 @@
         <w:t>We have added some additional resources below</w:t>
       </w:r>
       <w:r w:rsidR="005964E5" w:rsidRPr="000D4549">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D3F0EF1" w14:textId="77777777" w:rsidR="00D8443B" w:rsidRDefault="00D8443B" w:rsidP="00A0102D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F710F4F" w14:textId="45E593B7" w:rsidR="00D8443B" w:rsidRDefault="00CC488B" w:rsidP="00A0102D">
+    <w:p w14:paraId="5DEB14CD" w14:textId="1E89F350" w:rsidR="00597D77" w:rsidRPr="00C57F55" w:rsidRDefault="00CC488B" w:rsidP="00A0102D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId19" w:history="1">
-        <w:r w:rsidRPr="00CC488B">
+        <w:r w:rsidRPr="00C57F55">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>Keeping children safe in education - GOV.UK</w:t>
+          <w:t>Keeping children safe in ed</w:t>
         </w:r>
-      </w:hyperlink>
-[...28 lines deleted...]
-        <w:r w:rsidRPr="00BD1E19">
+        <w:r w:rsidRPr="00C57F55">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>Working together to safeguard children 2023 - GOV.UK (www.gov.uk)</w:t>
+          <w:t>u</w:t>
         </w:r>
-      </w:hyperlink>
-[...38 lines deleted...]
-        <w:r w:rsidRPr="00BD1E19">
+        <w:r w:rsidRPr="00C57F55">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>Bolton Schools Extranet</w:t>
+          <w:t>cation - GOV.UK</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5D0097F5" w14:textId="77777777" w:rsidR="00C604A8" w:rsidRPr="00BD1E19" w:rsidRDefault="00C604A8" w:rsidP="00BF19DD">
+    <w:p w14:paraId="1570C417" w14:textId="77777777" w:rsidR="00E15F74" w:rsidRPr="00C57F55" w:rsidRDefault="00E15F74" w:rsidP="00A0102D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...7 lines deleted...]
-    <w:p w14:paraId="239F9D0D" w14:textId="188AAFAE" w:rsidR="00BF19DD" w:rsidRPr="00BD1E19" w:rsidRDefault="005964E5" w:rsidP="00BF19DD">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C8AF15B" w14:textId="07069F49" w:rsidR="007D4AB1" w:rsidRPr="00941B49" w:rsidRDefault="00941B49" w:rsidP="00A0102D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText>HYPERLINK "https://assets.publishing.service.gov.uk/media/6849a7b67cba25f610c7db3f/Working_together_to_safeguard_children_2023_-_statutory_guidance.pdf"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D8443B" w:rsidRPr="00941B49">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Working together to safeguard children 2</w:t>
+      </w:r>
+      <w:r w:rsidR="00D8443B" w:rsidRPr="00941B49">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00D8443B" w:rsidRPr="00941B49">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>23 - GO</w:t>
+      </w:r>
+      <w:r w:rsidR="00D8443B" w:rsidRPr="00941B49">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidR="00D8443B" w:rsidRPr="00941B49">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.U</w:t>
+      </w:r>
+      <w:r w:rsidR="00D8443B" w:rsidRPr="00941B49">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>K</w:t>
+      </w:r>
+      <w:r w:rsidR="00D8443B" w:rsidRPr="00941B49">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (www.gov.uk)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F63B34" w:rsidRPr="00941B49">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="452E471C" w14:textId="08897A3D" w:rsidR="00941B49" w:rsidRPr="00C57F55" w:rsidRDefault="00941B49" w:rsidP="00A0102D">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="632632FD" w14:textId="4959F897" w:rsidR="00A0102D" w:rsidRPr="00C57F55" w:rsidRDefault="001D0CFB" w:rsidP="00A0102D">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidRPr="00C57F55">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Bolton Schools Ex</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00C57F55">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>t</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00C57F55">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>ranet</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="5D0097F5" w14:textId="77777777" w:rsidR="00C604A8" w:rsidRPr="00C57F55" w:rsidRDefault="00C604A8" w:rsidP="00BF19DD">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="239F9D0D" w14:textId="188AAFAE" w:rsidR="00BF19DD" w:rsidRPr="00C57F55" w:rsidRDefault="005964E5" w:rsidP="00BF19DD">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId21" w:history="1">
-        <w:r w:rsidRPr="00BD1E19">
+        <w:r w:rsidRPr="00C57F55">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>Criminal Exploitation of children and vulnerable adults: County Lines guidance (publishing.service.gov.uk)</w:t>
+          <w:t>Criminal Exploitation of children and vulnerable adults: County Lines guidance (publishing</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00C57F55">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00C57F55">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>service.gov.uk)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="611BA002" w14:textId="77777777" w:rsidR="00BF19DD" w:rsidRPr="00BD1E19" w:rsidRDefault="00BF19DD" w:rsidP="00BF19DD">
+    <w:p w14:paraId="611BA002" w14:textId="77777777" w:rsidR="00BF19DD" w:rsidRPr="00C57F55" w:rsidRDefault="00BF19DD" w:rsidP="00BF19DD">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="53BEA195" w14:textId="78AC38B6" w:rsidR="00BD1E19" w:rsidRPr="00BD1E19" w:rsidRDefault="005964E5" w:rsidP="00BF19DD">
+    <w:p w14:paraId="53BEA195" w14:textId="78AC38B6" w:rsidR="00BD1E19" w:rsidRPr="00C57F55" w:rsidRDefault="005964E5" w:rsidP="00BF19DD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId22" w:history="1">
-        <w:r w:rsidRPr="00BD1E19">
+        <w:r w:rsidRPr="00C57F55">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Review of sexual abuse in schools and colleges - GOV.UK (www.gov.uk)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="296359D4" w14:textId="7A158B33" w:rsidR="00BD1E19" w:rsidRPr="00BD1E19" w:rsidRDefault="00BD1E19" w:rsidP="00BF19DD">
+    <w:p w14:paraId="296359D4" w14:textId="7A158B33" w:rsidR="00BD1E19" w:rsidRPr="00C57F55" w:rsidRDefault="00BD1E19" w:rsidP="00BF19DD">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId23" w:history="1">
-        <w:r w:rsidRPr="00BD1E19">
+        <w:r w:rsidRPr="00C57F55">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Statutory policies for-maintained-schools</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4BFD0018" w14:textId="278A1DF6" w:rsidR="00BD1E19" w:rsidRPr="00BD1E19" w:rsidRDefault="00BD1E19" w:rsidP="00BF19DD">
+    <w:p w14:paraId="4BFD0018" w14:textId="278A1DF6" w:rsidR="00BD1E19" w:rsidRPr="00C57F55" w:rsidRDefault="00BD1E19" w:rsidP="00BF19DD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId24" w:history="1">
-        <w:r w:rsidRPr="00BD1E19">
+        <w:r w:rsidRPr="00C57F55">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Academy trust governance guide - Statutory policies for trusts - Guidance - GOV.UK</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="75185A3C" w14:textId="28A7F7D3" w:rsidR="00D8443B" w:rsidRPr="00BD1E19" w:rsidRDefault="00BD1E19" w:rsidP="00BF19DD">
+    <w:p w14:paraId="75185A3C" w14:textId="28A7F7D3" w:rsidR="00D8443B" w:rsidRPr="00C57F55" w:rsidRDefault="00BD1E19" w:rsidP="00BF19DD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId25" w:history="1">
-        <w:r w:rsidRPr="00BD1E19">
+        <w:r w:rsidRPr="00C57F55">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Prevent duty guidance: England and Wales (2023) - GOV.UK</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="43550418" w14:textId="51AC2E2F" w:rsidR="00D8443B" w:rsidRPr="00BD1E19" w:rsidRDefault="00BD1E19" w:rsidP="00BF19DD">
+    <w:p w14:paraId="43550418" w14:textId="51AC2E2F" w:rsidR="00D8443B" w:rsidRPr="00C57F55" w:rsidRDefault="00BD1E19" w:rsidP="00BF19DD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId26" w:history="1">
-        <w:r w:rsidRPr="00BD1E19">
+        <w:r w:rsidRPr="00C57F55">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Mandatory reporting of female genital mutilation: procedural information - GOV.UK</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7DB079A5" w14:textId="6C30D6A9" w:rsidR="00D8443B" w:rsidRPr="00BD1E19" w:rsidRDefault="00BD1E19" w:rsidP="00BF19DD">
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="7DB079A5" w14:textId="6C30D6A9" w:rsidR="00D8443B" w:rsidRPr="00C57F55" w:rsidRDefault="00BD1E19" w:rsidP="00BF19DD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId27" w:history="1">
-        <w:r w:rsidRPr="00BD1E19">
+        <w:r w:rsidRPr="00C57F55">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Sharing nudes and semi-nudes: advice for education settings working with children and young people (updated March 2024) - GOV.UK</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="51275189" w14:textId="2953885F" w:rsidR="00D8443B" w:rsidRPr="00BD1E19" w:rsidRDefault="00BD1E19" w:rsidP="00BF19DD">
+    <w:p w14:paraId="51275189" w14:textId="2953885F" w:rsidR="00D8443B" w:rsidRPr="00C57F55" w:rsidRDefault="00BD1E19" w:rsidP="00BF19DD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId28" w:history="1">
-        <w:r w:rsidRPr="00BD1E19">
+        <w:r w:rsidRPr="00C57F55">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Homepage - UK Safer Internet Centre</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="60ACECE9" w14:textId="77777777" w:rsidR="00BD1E19" w:rsidRPr="00BD1E19" w:rsidRDefault="00BD1E19" w:rsidP="00BD1E19">
+    <w:p w14:paraId="3169D206" w14:textId="77777777" w:rsidR="00C57F55" w:rsidRPr="00C57F55" w:rsidRDefault="00C57F55" w:rsidP="00C57F55">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId29" w:history="1">
+        <w:r w:rsidRPr="00C57F55">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">DfE non statutory information sharing advice for practitioners providing safeguarding services for children, young </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00C57F55">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>people,parents</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00C57F55">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> and carers</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="60ACECE9" w14:textId="77777777" w:rsidR="00BD1E19" w:rsidRPr="00C57F55" w:rsidRDefault="00BD1E19" w:rsidP="00BD1E19">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId29" w:history="1">
-        <w:r w:rsidRPr="00BD1E19">
+      <w:hyperlink r:id="rId30" w:history="1">
+        <w:r w:rsidRPr="00C57F55">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Working together to improve school attendance - GOV.UK (www.gov.uk)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1952FCF7" w14:textId="4B7498BA" w:rsidR="00D8443B" w:rsidRPr="00BD1E19" w:rsidRDefault="00BD1E19" w:rsidP="00BF19DD">
-[...9 lines deleted...]
-        <w:r w:rsidRPr="00BD1E19">
+    <w:p w14:paraId="1952FCF7" w14:textId="4B7498BA" w:rsidR="00D8443B" w:rsidRPr="00C57F55" w:rsidRDefault="00BD1E19" w:rsidP="00BF19DD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId31" w:history="1">
+        <w:r w:rsidRPr="00C57F55">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Behaviour in schools - GOV.UK</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0A9B763C" w14:textId="4D506C48" w:rsidR="00D8443B" w:rsidRPr="00BD1E19" w:rsidRDefault="00BD1E19" w:rsidP="00BF19DD">
-[...9 lines deleted...]
-        <w:r w:rsidRPr="00BD1E19">
+    <w:p w14:paraId="0A9B763C" w14:textId="4D506C48" w:rsidR="00D8443B" w:rsidRPr="00C57F55" w:rsidRDefault="00BD1E19" w:rsidP="00BF19DD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId32" w:history="1">
+        <w:r w:rsidRPr="00C57F55">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Promoting and supporting mental health and wellbeing in schools and colleges - GOV.UK</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="50606B99" w14:textId="2497C909" w:rsidR="00D8443B" w:rsidRPr="00BD1E19" w:rsidRDefault="00E12CD1" w:rsidP="00BF19DD">
-[...9 lines deleted...]
-        <w:r>
+    <w:p w14:paraId="50606B99" w14:textId="2497C909" w:rsidR="00D8443B" w:rsidRPr="00C57F55" w:rsidRDefault="00E12CD1" w:rsidP="00BF19DD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId33" w:history="1">
+        <w:r w:rsidRPr="00C57F55">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>F</w:t>
         </w:r>
-        <w:r w:rsidR="00BD1E19" w:rsidRPr="00BD1E19">
+        <w:r w:rsidR="00BD1E19" w:rsidRPr="00C57F55">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>ramework-for-action-threshold-document</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="680E3B3F" w14:textId="245E5D75" w:rsidR="00D8443B" w:rsidRPr="00BD1E19" w:rsidRDefault="00BD1E19" w:rsidP="00BF19DD">
-[...9 lines deleted...]
-        <w:r>
+    <w:p w14:paraId="680E3B3F" w14:textId="245E5D75" w:rsidR="00D8443B" w:rsidRPr="00C57F55" w:rsidRDefault="00BD1E19" w:rsidP="00BF19DD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId34" w:history="1">
+        <w:r w:rsidRPr="00C57F55">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Bolton Safeguarding Children partnership website</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4477C605" w14:textId="253AF0C5" w:rsidR="00DC3F08" w:rsidRPr="00DC3F08" w:rsidRDefault="00DC3F08" w:rsidP="00245DF2">
+    <w:p w14:paraId="4477C605" w14:textId="253AF0C5" w:rsidR="00DC3F08" w:rsidRPr="00C57F55" w:rsidRDefault="00DC3F08" w:rsidP="00245DF2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId34" w:history="1">
-        <w:r w:rsidRPr="00DC3F08">
+      <w:hyperlink r:id="rId35" w:history="1">
+        <w:r w:rsidRPr="00C57F55">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">OS Audit - Online Safety Audit from </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidRPr="00DC3F08">
+        <w:r w:rsidRPr="00C57F55">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>LGfL</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
-        <w:r w:rsidRPr="00DC3F08">
+        <w:r w:rsidRPr="00C57F55">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> | LGFL</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0156FC04" w14:textId="564D7A10" w:rsidR="00DC3F08" w:rsidRPr="00DC3F08" w:rsidRDefault="00DC3F08" w:rsidP="00245DF2">
+    <w:p w14:paraId="0156FC04" w14:textId="564D7A10" w:rsidR="00DC3F08" w:rsidRPr="00C57F55" w:rsidRDefault="00DC3F08" w:rsidP="00245DF2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId35" w:history="1">
-        <w:r w:rsidRPr="00DC3F08">
+      <w:hyperlink r:id="rId36" w:history="1">
+        <w:r w:rsidRPr="00C57F55">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Template Online Risk Assessment | 360safe</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7EC47A87" w14:textId="77777777" w:rsidR="00D8443B" w:rsidRDefault="00D8443B" w:rsidP="00BF19DD">
-[...37 lines deleted...]
-        <w:sectPr w:rsidR="0068095A" w:rsidSect="0068095A">
+    <w:p w14:paraId="7EC47A87" w14:textId="4BE384D4" w:rsidR="00D8443B" w:rsidRPr="00C57F55" w:rsidRDefault="00E21516" w:rsidP="00BF19DD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId37" w:history="1">
+        <w:r w:rsidRPr="00C57F55">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>"It's Silent": Race, racism and safeguarding children – Panel Briefing 4</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="3AFAD42B" w14:textId="27A1FB51" w:rsidR="00E15F74" w:rsidRPr="00C57F55" w:rsidRDefault="00E21516" w:rsidP="00BF19DD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId38" w:history="1">
+        <w:r w:rsidRPr="00C57F55">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>The Child Safeguarding Practice Review Panel - I wanted them all to notice</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="29716891" w14:textId="6670C31D" w:rsidR="00E21516" w:rsidRPr="00C57F55" w:rsidRDefault="00E21516" w:rsidP="00BF19DD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId39" w:history="1">
+        <w:r w:rsidRPr="00C57F55">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Education inspection framework: for use from November 2025 - GOV.UK</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="5A6D20FB" w14:textId="230F6A49" w:rsidR="0068095A" w:rsidRPr="00C57F55" w:rsidRDefault="00C57F55" w:rsidP="00BF19DD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId40" w:history="1">
+        <w:r w:rsidRPr="00C57F55">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Arranging Alternative Provision - guide for LAs and schools</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="023CBC91" w14:textId="1A208B84" w:rsidR="00C57F55" w:rsidRPr="00C57F55" w:rsidRDefault="00C57F55" w:rsidP="00BF19DD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00C57F55" w:rsidRPr="00C57F55" w:rsidSect="00674D8C">
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1440" w:right="425" w:bottom="1440" w:left="709" w:header="709" w:footer="709" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
+      <w:hyperlink r:id="rId41" w:history="1">
+        <w:r w:rsidRPr="00C57F55">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Relationships Education, Relationships and Sex Education and Health Education guidance</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
     <w:p w14:paraId="3F36365C" w14:textId="266C406C" w:rsidR="00A0102D" w:rsidRDefault="00BF19DD" w:rsidP="004C3313">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C3313">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Appendix 1: Section 175/157 Self-Assessment Grading Descriptors</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0232AD69" w14:textId="77777777" w:rsidR="00B838C1" w:rsidRPr="004C3313" w:rsidRDefault="00B838C1" w:rsidP="004C3313">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="13852" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3463"/>
         <w:gridCol w:w="3463"/>
         <w:gridCol w:w="3463"/>
         <w:gridCol w:w="3463"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BF19DD" w:rsidRPr="00E15F74" w14:paraId="11001C9C" w14:textId="77777777" w:rsidTr="004C3313">
+      <w:tr w:rsidR="00674D8C" w:rsidRPr="00E15F74" w14:paraId="11001C9C" w14:textId="77777777" w:rsidTr="00674D8C">
         <w:trPr>
           <w:trHeight w:val="424"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3463" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FF0000"/>
           </w:tcPr>
-          <w:p w14:paraId="5932E599" w14:textId="59F10769" w:rsidR="00BF19DD" w:rsidRPr="00E15F74" w:rsidRDefault="00BF19DD" w:rsidP="00BF19DD">
+          <w:p w14:paraId="5932E599" w14:textId="59F10769" w:rsidR="00674D8C" w:rsidRPr="00E15F74" w:rsidRDefault="00674D8C" w:rsidP="00674D8C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E15F74">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">(1) </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="109F0C6E" w14:textId="77777777" w:rsidR="00BF19DD" w:rsidRPr="00E15F74" w:rsidRDefault="00BF19DD" w:rsidP="00BF19DD">
+          <w:p w14:paraId="109F0C6E" w14:textId="77777777" w:rsidR="00674D8C" w:rsidRPr="00E15F74" w:rsidRDefault="00674D8C" w:rsidP="00674D8C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E15F74">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Not Met </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3463" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFD966" w:themeFill="accent4" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="40AC9660" w14:textId="77777777" w:rsidR="00BF19DD" w:rsidRPr="00E15F74" w:rsidRDefault="00BF19DD" w:rsidP="00A568E7">
+          <w:p w14:paraId="78CFFE64" w14:textId="3960F10A" w:rsidR="00674D8C" w:rsidRPr="00E15F74" w:rsidRDefault="00674D8C" w:rsidP="00E21516">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFD966" w:themeFill="accent4" w:themeFillTint="99"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E15F74">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E15F74">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67F5FC1D" w14:textId="5E5F289B" w:rsidR="00674D8C" w:rsidRPr="00E15F74" w:rsidRDefault="00674D8C" w:rsidP="00E21516">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFD966" w:themeFill="accent4" w:themeFillTint="99"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21516">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Mostly Met</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E15F74">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3463" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40AC9660" w14:textId="7B34488D" w:rsidR="00674D8C" w:rsidRPr="00E15F74" w:rsidRDefault="00674D8C" w:rsidP="00674D8C">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="C45911" w:themeFill="accent2" w:themeFillShade="BF"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E15F74">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">(2) </w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E15F74">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3811C67B" w14:textId="77777777" w:rsidR="00BF19DD" w:rsidRPr="00E15F74" w:rsidRDefault="00BF19DD" w:rsidP="00A568E7">
+          <w:p w14:paraId="3811C67B" w14:textId="77777777" w:rsidR="00674D8C" w:rsidRPr="00E15F74" w:rsidRDefault="00674D8C" w:rsidP="00674D8C">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="C45911" w:themeFill="accent2" w:themeFillShade="BF"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E15F74">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Partially Met </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3463" w:type="dxa"/>
-          </w:tcPr>
-[...59 lines deleted...]
-            <w:tcW w:w="3463" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A8D08D" w:themeFill="accent6" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="47070902" w14:textId="77777777" w:rsidR="00BF19DD" w:rsidRPr="00E15F74" w:rsidRDefault="00BF19DD" w:rsidP="00A568E7">
+          <w:p w14:paraId="47070902" w14:textId="77777777" w:rsidR="00674D8C" w:rsidRPr="00E15F74" w:rsidRDefault="00674D8C" w:rsidP="00674D8C">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="A8D08D" w:themeFill="accent6" w:themeFillTint="99"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E15F74">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">(4) </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="73F1741B" w14:textId="77777777" w:rsidR="00BF19DD" w:rsidRPr="00E15F74" w:rsidRDefault="00BF19DD" w:rsidP="00BF19DD">
+          <w:p w14:paraId="73F1741B" w14:textId="77777777" w:rsidR="00674D8C" w:rsidRPr="00E15F74" w:rsidRDefault="00674D8C" w:rsidP="00674D8C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E15F74">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="A8D08D" w:themeFill="accent6" w:themeFillTint="99"/>
               </w:rPr>
               <w:t>Fully Met</w:t>
             </w:r>
             <w:r w:rsidRPr="00E15F74">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BF19DD" w:rsidRPr="00E15F74" w14:paraId="0DB8AF03" w14:textId="77777777" w:rsidTr="004C3313">
+      <w:tr w:rsidR="00674D8C" w:rsidRPr="00E15F74" w14:paraId="0DB8AF03" w14:textId="77777777" w:rsidTr="00674D8C">
         <w:trPr>
-          <w:trHeight w:val="963"/>
+          <w:trHeight w:val="1337"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3463" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C563642" w14:textId="77777777" w:rsidR="00BF19DD" w:rsidRPr="00E15F74" w:rsidRDefault="00BF19DD" w:rsidP="00BF19DD">
+          <w:p w14:paraId="4C563642" w14:textId="77777777" w:rsidR="00674D8C" w:rsidRPr="00E15F74" w:rsidRDefault="00674D8C" w:rsidP="00674D8C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E15F74">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Statement compliance: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="226C548D" w14:textId="77777777" w:rsidR="00BF19DD" w:rsidRPr="00E15F74" w:rsidRDefault="00BF19DD" w:rsidP="00BF19DD">
+          <w:p w14:paraId="1C9BAE03" w14:textId="77777777" w:rsidR="00674D8C" w:rsidRDefault="00674D8C" w:rsidP="00674D8C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E15F74">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Little to nothing currently in place </w:t>
+              <w:t>Little to nothing currently in</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="226C548D" w14:textId="1B6F627D" w:rsidR="00674D8C" w:rsidRPr="00E15F74" w:rsidRDefault="00674D8C" w:rsidP="00674D8C">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E15F74">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">place </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3463" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30F45F25" w14:textId="77777777" w:rsidR="00BF19DD" w:rsidRPr="00E15F74" w:rsidRDefault="00BF19DD" w:rsidP="00BF19DD">
+          <w:p w14:paraId="03A599E7" w14:textId="77777777" w:rsidR="00674D8C" w:rsidRPr="00E15F74" w:rsidRDefault="00674D8C" w:rsidP="00674D8C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E15F74">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Statement compliance: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="29F2D194" w14:textId="77777777" w:rsidR="00BF19DD" w:rsidRPr="00E15F74" w:rsidRDefault="00BF19DD" w:rsidP="00BF19DD">
+          <w:p w14:paraId="3DA492A9" w14:textId="030DF35C" w:rsidR="00674D8C" w:rsidRPr="00E15F74" w:rsidRDefault="00674D8C" w:rsidP="00674D8C">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E15F74">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Requirements mainly achieved but requires some additional development </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3463" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30F45F25" w14:textId="00836C0B" w:rsidR="00674D8C" w:rsidRPr="00E15F74" w:rsidRDefault="00674D8C" w:rsidP="00674D8C">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E15F74">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Statement compliance: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29F2D194" w14:textId="77777777" w:rsidR="00674D8C" w:rsidRPr="00E15F74" w:rsidRDefault="00674D8C" w:rsidP="00674D8C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E15F74">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Requirements partly achieved but mostly under development </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3463" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="635EEB03" w14:textId="77777777" w:rsidR="00BF19DD" w:rsidRPr="00E15F74" w:rsidRDefault="00BF19DD" w:rsidP="00BF19DD">
+          <w:p w14:paraId="59691791" w14:textId="77777777" w:rsidR="00674D8C" w:rsidRPr="00E15F74" w:rsidRDefault="00674D8C" w:rsidP="00674D8C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E15F74">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Statement compliance: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4B6AC089" w14:textId="77777777" w:rsidR="00BF19DD" w:rsidRPr="00E15F74" w:rsidRDefault="00BF19DD" w:rsidP="00BF19DD">
-[...54 lines deleted...]
-          <w:p w14:paraId="2FBA00AD" w14:textId="77777777" w:rsidR="00BF19DD" w:rsidRPr="00E15F74" w:rsidRDefault="00BF19DD" w:rsidP="00BF19DD">
+          <w:p w14:paraId="2FBA00AD" w14:textId="77777777" w:rsidR="00674D8C" w:rsidRPr="00E15F74" w:rsidRDefault="00674D8C" w:rsidP="00674D8C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E15F74">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Requirements fully achieved, in-place and embedded </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BF19DD" w:rsidRPr="00E15F74" w14:paraId="5EACBFFF" w14:textId="77777777" w:rsidTr="004C3313">
+      <w:tr w:rsidR="00674D8C" w:rsidRPr="00E15F74" w14:paraId="5EACBFFF" w14:textId="77777777" w:rsidTr="00674D8C">
         <w:trPr>
           <w:trHeight w:val="3210"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3463" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="011EC87B" w14:textId="77777777" w:rsidR="00BF19DD" w:rsidRPr="00E15F74" w:rsidRDefault="00BF19DD" w:rsidP="00BF19DD">
+          <w:p w14:paraId="011EC87B" w14:textId="77777777" w:rsidR="00674D8C" w:rsidRPr="00E15F74" w:rsidRDefault="00674D8C" w:rsidP="00674D8C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E15F74">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Examples: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="14FDC79D" w14:textId="2EBBD45A" w:rsidR="00BF19DD" w:rsidRPr="00E15F74" w:rsidRDefault="00BF19DD" w:rsidP="00BF19DD">
+          <w:p w14:paraId="14FDC79D" w14:textId="2EBBD45A" w:rsidR="00674D8C" w:rsidRPr="00E15F74" w:rsidRDefault="00674D8C" w:rsidP="00674D8C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E15F74">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">There is little knowledge of this area in the school or amongst the staff. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="76CE58A8" w14:textId="77777777" w:rsidR="00907772" w:rsidRPr="00E15F74" w:rsidRDefault="00907772" w:rsidP="00BF19DD">
+          <w:p w14:paraId="76CE58A8" w14:textId="77777777" w:rsidR="00674D8C" w:rsidRPr="00E15F74" w:rsidRDefault="00674D8C" w:rsidP="00674D8C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="66DF9CF6" w14:textId="77777777" w:rsidR="00BF19DD" w:rsidRPr="00E15F74" w:rsidRDefault="00BF19DD" w:rsidP="00BF19DD">
+          <w:p w14:paraId="66DF9CF6" w14:textId="77777777" w:rsidR="00674D8C" w:rsidRPr="00E15F74" w:rsidRDefault="00674D8C" w:rsidP="00674D8C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E15F74">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">There is no evidence available to support compliance with the statement. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3463" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B958749" w14:textId="77777777" w:rsidR="00BF19DD" w:rsidRPr="00E15F74" w:rsidRDefault="00BF19DD" w:rsidP="00BF19DD">
+          <w:p w14:paraId="493DCBFD" w14:textId="77777777" w:rsidR="00674D8C" w:rsidRPr="00E15F74" w:rsidRDefault="00674D8C" w:rsidP="00674D8C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E15F74">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Examples: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2273CBB2" w14:textId="4EB77A97" w:rsidR="00BF19DD" w:rsidRPr="00E15F74" w:rsidRDefault="00BF19DD" w:rsidP="00BF19DD">
+          <w:p w14:paraId="62C79243" w14:textId="77777777" w:rsidR="00674D8C" w:rsidRPr="00E15F74" w:rsidRDefault="00674D8C" w:rsidP="00674D8C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E15F74">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">There is knowledge of this aspect within the </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> but it is not fully effective or embedded across relevant staff. </w:t>
+              <w:t xml:space="preserve">Knowledge is effective but is recognised as requiring further development or training in some areas. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6B07703F" w14:textId="77777777" w:rsidR="00907772" w:rsidRPr="00E15F74" w:rsidRDefault="00907772" w:rsidP="00BF19DD">
+          <w:p w14:paraId="1D42EDA8" w14:textId="77777777" w:rsidR="00674D8C" w:rsidRPr="00E15F74" w:rsidRDefault="00674D8C" w:rsidP="00674D8C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4F5A2CC7" w14:textId="176A1315" w:rsidR="00BF19DD" w:rsidRPr="00E15F74" w:rsidRDefault="00BF19DD" w:rsidP="00BF19DD">
+          <w:p w14:paraId="2BA40D4A" w14:textId="77777777" w:rsidR="00674D8C" w:rsidRPr="00E15F74" w:rsidRDefault="00674D8C" w:rsidP="00674D8C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E15F74">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">A policy is being developed but is not yet agreed and in place. </w:t>
+              <w:t xml:space="preserve">A policy or protocol has been agreed and is in place but is not yet fully embedded or requires some additional development. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5B6AB936" w14:textId="77777777" w:rsidR="00907772" w:rsidRPr="00E15F74" w:rsidRDefault="00907772" w:rsidP="00BF19DD">
+          <w:p w14:paraId="4F9E9FC1" w14:textId="77777777" w:rsidR="00674D8C" w:rsidRPr="00E15F74" w:rsidRDefault="00674D8C" w:rsidP="00674D8C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5174A236" w14:textId="7CC2F4B4" w:rsidR="00BF19DD" w:rsidRPr="00E15F74" w:rsidRDefault="00BF19DD" w:rsidP="00BF19DD">
+          <w:p w14:paraId="73640FD7" w14:textId="1363A115" w:rsidR="00674D8C" w:rsidRPr="00E15F74" w:rsidRDefault="00674D8C" w:rsidP="00674D8C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E15F74">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">There is partial </w:t>
-[...35 lines deleted...]
-              <w:t xml:space="preserve"> or is not directly applicable to the statement. </w:t>
+              <w:t xml:space="preserve">There is good evidence to support the statement requirements. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3463" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="027FDC3F" w14:textId="77777777" w:rsidR="00BF19DD" w:rsidRPr="00E15F74" w:rsidRDefault="00BF19DD" w:rsidP="00BF19DD">
+          <w:p w14:paraId="2B958749" w14:textId="1406A2A8" w:rsidR="00674D8C" w:rsidRPr="00E15F74" w:rsidRDefault="00674D8C" w:rsidP="00674D8C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E15F74">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Examples: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7E30FC34" w14:textId="28502961" w:rsidR="00BF19DD" w:rsidRPr="00E15F74" w:rsidRDefault="00BF19DD" w:rsidP="00BF19DD">
+          <w:p w14:paraId="2273CBB2" w14:textId="4EB77A97" w:rsidR="00674D8C" w:rsidRPr="00E15F74" w:rsidRDefault="00674D8C" w:rsidP="00674D8C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E15F74">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Knowledge is effective but is recognised as requiring further development or training in some areas. </w:t>
+              <w:t xml:space="preserve">There is knowledge of this aspect within the school, but it is not fully effective or embedded across relevant staff. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="26504322" w14:textId="77777777" w:rsidR="00907772" w:rsidRPr="00E15F74" w:rsidRDefault="00907772" w:rsidP="00BF19DD">
+          <w:p w14:paraId="6B07703F" w14:textId="77777777" w:rsidR="00674D8C" w:rsidRPr="00E15F74" w:rsidRDefault="00674D8C" w:rsidP="00674D8C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="38485440" w14:textId="702C4178" w:rsidR="00BF19DD" w:rsidRPr="00E15F74" w:rsidRDefault="00BF19DD" w:rsidP="00BF19DD">
+          <w:p w14:paraId="4F5A2CC7" w14:textId="176A1315" w:rsidR="00674D8C" w:rsidRPr="00E15F74" w:rsidRDefault="00674D8C" w:rsidP="00674D8C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E15F74">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">A policy or protocol has been agreed and is in place but is not yet fully embedded or requires some additional development. </w:t>
+              <w:t xml:space="preserve">A policy is being developed but is not yet agreed and in place. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6CD89BCA" w14:textId="77777777" w:rsidR="00907772" w:rsidRPr="00E15F74" w:rsidRDefault="00907772" w:rsidP="00BF19DD">
+          <w:p w14:paraId="5B6AB936" w14:textId="77777777" w:rsidR="00674D8C" w:rsidRPr="00E15F74" w:rsidRDefault="00674D8C" w:rsidP="00674D8C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="49D4E14F" w14:textId="77777777" w:rsidR="00BF19DD" w:rsidRPr="00E15F74" w:rsidRDefault="00BF19DD" w:rsidP="00BF19DD">
+          <w:p w14:paraId="5174A236" w14:textId="7CC2F4B4" w:rsidR="00674D8C" w:rsidRPr="00E15F74" w:rsidRDefault="00674D8C" w:rsidP="00674D8C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E15F74">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">There is good evidence to support the statement requirements. </w:t>
+              <w:t xml:space="preserve">There is partial evidence, but it is ad-hoc or is not directly applicable to the statement. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3463" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06D4672C" w14:textId="77777777" w:rsidR="00BF19DD" w:rsidRPr="00E15F74" w:rsidRDefault="00BF19DD" w:rsidP="00BF19DD">
+          <w:p w14:paraId="06D4672C" w14:textId="77777777" w:rsidR="00674D8C" w:rsidRPr="00E15F74" w:rsidRDefault="00674D8C" w:rsidP="00674D8C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E15F74">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Examples: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1D86C3CD" w14:textId="4CDD96AF" w:rsidR="00BF19DD" w:rsidRPr="00E15F74" w:rsidRDefault="00BF19DD" w:rsidP="00BF19DD">
+          <w:p w14:paraId="1D86C3CD" w14:textId="4CDD96AF" w:rsidR="00674D8C" w:rsidRPr="00E15F74" w:rsidRDefault="00674D8C" w:rsidP="00674D8C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E15F74">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">The aspect is well embedded within the school or curriculum (where applicable). </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6BEA8C9E" w14:textId="77777777" w:rsidR="00907772" w:rsidRPr="00E15F74" w:rsidRDefault="00907772" w:rsidP="00BF19DD">
+          <w:p w14:paraId="6BEA8C9E" w14:textId="77777777" w:rsidR="00674D8C" w:rsidRPr="00E15F74" w:rsidRDefault="00674D8C" w:rsidP="00674D8C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="56124785" w14:textId="20216975" w:rsidR="00BF19DD" w:rsidRPr="00E15F74" w:rsidRDefault="00BF19DD" w:rsidP="00BF19DD">
+          <w:p w14:paraId="56124785" w14:textId="20216975" w:rsidR="00674D8C" w:rsidRPr="00E15F74" w:rsidRDefault="00674D8C" w:rsidP="00674D8C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E15F74">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">An existing policy or protocol has been recently updated to improve its effectiveness or reflect developments and is fully implemented across the school. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3CD78240" w14:textId="77777777" w:rsidR="00907772" w:rsidRPr="00E15F74" w:rsidRDefault="00907772" w:rsidP="00BF19DD">
+          <w:p w14:paraId="3CD78240" w14:textId="77777777" w:rsidR="00674D8C" w:rsidRPr="00E15F74" w:rsidRDefault="00674D8C" w:rsidP="00674D8C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="164E8E10" w14:textId="77777777" w:rsidR="00BF19DD" w:rsidRPr="00E15F74" w:rsidRDefault="00BF19DD" w:rsidP="00BF19DD">
+          <w:p w14:paraId="164E8E10" w14:textId="77777777" w:rsidR="00674D8C" w:rsidRPr="00E15F74" w:rsidRDefault="00674D8C" w:rsidP="00674D8C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E15F74">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">There is clear and robust evidence of positive practice to support the statement require </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
@@ -6742,51 +7114,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Response email on saving</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C3D4B7C" w14:textId="77777777" w:rsidR="00E15F74" w:rsidRPr="00E15F74" w:rsidRDefault="00E15F74" w:rsidP="00E15F74"/>
     <w:p w14:paraId="057B7EFF" w14:textId="3EC89C66" w:rsidR="00743844" w:rsidRPr="00E15F74" w:rsidRDefault="00743844" w:rsidP="007052F6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E15F74">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Email from:  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36" w:history="1">
+      <w:hyperlink r:id="rId42" w:history="1">
         <w:r w:rsidR="00FA4181" w:rsidRPr="00980B5D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>invitation@online1.snapsurveys.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00FA4181">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – check your junk /spam folder </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08BEB19E" w14:textId="1CFE68E4" w:rsidR="007052F6" w:rsidRDefault="007D1D8A" w:rsidP="00370D40">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
@@ -6802,51 +7174,51 @@
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                   <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="Picture 1">
                       <a:extLst>
                         <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                           <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                         </a:ext>
                       </a:extLst>
                     </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId37">
+                    <a:blip r:embed="rId43">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5987830" cy="2345370"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -7051,51 +7423,51 @@
             <wp:effectExtent l="19050" t="19050" r="12700" b="22225"/>
             <wp:docPr id="4" name="Picture 4">
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                   <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="4" name="Picture 4">
                       <a:extLst>
                         <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                           <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                         </a:ext>
                       </a:extLst>
                     </pic:cNvPr>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId38"/>
+                    <a:blip r:embed="rId44"/>
                     <a:srcRect l="3596" t="8291" r="7440" b="19831"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5569200" cy="2530800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:sysClr val="windowText" lastClr="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                       <a:extLst>
                         <a:ext uri="{C807C97D-BFC1-408E-A445-0C87EB9F89A2}">
                           <ask:lineSketchStyleProps xmlns:ask="http://schemas.microsoft.com/office/drawing/2018/sketchyshapes" sd="0">
                             <a:custGeom>
                               <a:avLst/>
                               <a:gdLst/>
@@ -7152,51 +7524,51 @@
             <wp:effectExtent l="19050" t="19050" r="8890" b="635"/>
             <wp:docPr id="2" name="Picture 2">
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                   <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name="Picture 2">
                       <a:extLst>
                         <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                           <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                         </a:ext>
                       </a:extLst>
                     </pic:cNvPr>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId39"/>
+                    <a:blip r:embed="rId45"/>
                     <a:srcRect l="4171" t="33040" r="51223" b="43258"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4849200" cy="1447200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:sysClr val="windowText" lastClr="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                       <a:extLst>
                         <a:ext uri="{C807C97D-BFC1-408E-A445-0C87EB9F89A2}">
                           <ask:lineSketchStyleProps xmlns:ask="http://schemas.microsoft.com/office/drawing/2018/sketchyshapes" sd="0">
                             <a:custGeom>
                               <a:avLst/>
                               <a:gdLst/>
@@ -7207,82 +7579,77 @@
                             </a:custGeom>
                             <ask:type/>
                           </ask:lineSketchStyleProps>
                         </a:ext>
                       </a:extLst>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="002C3B37">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DC31AB6" w14:textId="105E24FB" w:rsidR="00CC245B" w:rsidRPr="00CF1566" w:rsidRDefault="002C3B37" w:rsidP="00E97664">
+    <w:p w14:paraId="7DC31AB6" w14:textId="105E24FB" w:rsidR="00CC245B" w:rsidRDefault="002C3B37" w:rsidP="00E97664">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF1566">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Save your document in your drive </w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="0F0B1F60" w14:textId="77777777" w:rsidR="001E26D9" w:rsidRPr="00CF1566" w:rsidRDefault="001E26D9" w:rsidP="00E97664">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="0A111797" w14:textId="4CC2BF24" w:rsidR="002C3B37" w:rsidRDefault="002C3B37" w:rsidP="00E97664">
-      <w:pPr>
-[...12 lines deleted...]
-    <w:p w14:paraId="44534B4C" w14:textId="77777777" w:rsidR="0042774F" w:rsidRDefault="0042774F" w:rsidP="00E97664">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="662BA643" w14:textId="3C2D8EEE" w:rsidR="002C3B37" w:rsidRPr="00CF1566" w:rsidRDefault="002C3B37" w:rsidP="00E97664">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF1566">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>PRINT</w:t>
@@ -7367,199 +7734,198 @@
             <wp:effectExtent l="19050" t="19050" r="15875" b="11430"/>
             <wp:docPr id="5" name="Picture 5">
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                   <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="5" name="Picture 5">
                       <a:extLst>
                         <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                           <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                         </a:ext>
                       </a:extLst>
                     </pic:cNvPr>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId40"/>
+                    <a:blip r:embed="rId46"/>
                     <a:srcRect l="4542" t="9382" r="11379" b="15114"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5032800" cy="2541600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="3175">
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="002C3B37" w:rsidSect="00714B24">
+    <w:sectPr w:rsidR="002C3B37" w:rsidSect="00674D8C">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="709" w:right="1440" w:bottom="426" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="252B24E8" w14:textId="77777777" w:rsidR="00F41B43" w:rsidRDefault="00F41B43" w:rsidP="00D456D6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="6F903497" w14:textId="77777777" w:rsidR="00F41B43" w:rsidRDefault="00F41B43" w:rsidP="00D456D6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Light">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Semilight">
-    <w:altName w:val="Segoe UI Semilight"/>
     <w:panose1 w:val="020B0402040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Open Sans">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002EF" w:usb1="4000205B" w:usb2="00000028" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1158423793"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="4F42DAEA" w14:textId="0C0EA676" w:rsidR="00D456D6" w:rsidRPr="00D456D6" w:rsidRDefault="00D456D6">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
@@ -7590,76 +7956,76 @@
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="00D456D6">
           <w:rPr>
             <w:noProof/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="29DD211C" w14:textId="77777777" w:rsidR="00D456D6" w:rsidRDefault="00D456D6">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="1B157BE1" w14:textId="77777777" w:rsidR="00F41B43" w:rsidRDefault="00F41B43" w:rsidP="00D456D6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="460FE42A" w14:textId="77777777" w:rsidR="00F41B43" w:rsidRDefault="00F41B43" w:rsidP="00D456D6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E506DD6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F9886912"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -7852,232 +8218,250 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="864441283">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1468545626">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E97664"/>
     <w:rsid w:val="000121CE"/>
     <w:rsid w:val="00077F6F"/>
+    <w:rsid w:val="000C4A4C"/>
     <w:rsid w:val="000C5D9E"/>
     <w:rsid w:val="000D4549"/>
     <w:rsid w:val="000E3193"/>
     <w:rsid w:val="000F13C0"/>
     <w:rsid w:val="000F3A80"/>
     <w:rsid w:val="00144086"/>
     <w:rsid w:val="001471AA"/>
     <w:rsid w:val="00184F9A"/>
     <w:rsid w:val="001A750D"/>
     <w:rsid w:val="001C15C0"/>
     <w:rsid w:val="001C7C2D"/>
     <w:rsid w:val="001D07E4"/>
     <w:rsid w:val="001D0CFB"/>
+    <w:rsid w:val="001E26D9"/>
     <w:rsid w:val="00224A74"/>
     <w:rsid w:val="00236A69"/>
     <w:rsid w:val="00245DF2"/>
     <w:rsid w:val="002929AB"/>
     <w:rsid w:val="002C2996"/>
     <w:rsid w:val="002C3B37"/>
     <w:rsid w:val="00312927"/>
     <w:rsid w:val="0031344B"/>
     <w:rsid w:val="00340F30"/>
     <w:rsid w:val="00370381"/>
     <w:rsid w:val="00370D40"/>
+    <w:rsid w:val="003D1F25"/>
+    <w:rsid w:val="003D65E3"/>
     <w:rsid w:val="003E6500"/>
     <w:rsid w:val="0042774F"/>
     <w:rsid w:val="00444B0A"/>
     <w:rsid w:val="0045488B"/>
     <w:rsid w:val="004635AB"/>
     <w:rsid w:val="004A464E"/>
     <w:rsid w:val="004B3AA4"/>
     <w:rsid w:val="004C3313"/>
     <w:rsid w:val="004D6D1A"/>
     <w:rsid w:val="00551048"/>
     <w:rsid w:val="005767EC"/>
+    <w:rsid w:val="00581C4F"/>
     <w:rsid w:val="00587CAE"/>
     <w:rsid w:val="005964E5"/>
+    <w:rsid w:val="00597D77"/>
     <w:rsid w:val="005F5E43"/>
     <w:rsid w:val="005F6523"/>
-    <w:rsid w:val="00615EA9"/>
     <w:rsid w:val="00663FCE"/>
+    <w:rsid w:val="00674D8C"/>
     <w:rsid w:val="0068095A"/>
     <w:rsid w:val="007052F6"/>
     <w:rsid w:val="00714B24"/>
     <w:rsid w:val="007151E0"/>
     <w:rsid w:val="00726DBA"/>
     <w:rsid w:val="00743844"/>
     <w:rsid w:val="00745BD2"/>
     <w:rsid w:val="0078524B"/>
     <w:rsid w:val="007A1DD8"/>
     <w:rsid w:val="007D0E05"/>
     <w:rsid w:val="007D1D8A"/>
     <w:rsid w:val="007D4AB1"/>
     <w:rsid w:val="007E261F"/>
     <w:rsid w:val="007E3541"/>
+    <w:rsid w:val="00836099"/>
     <w:rsid w:val="00845D20"/>
     <w:rsid w:val="008759F4"/>
     <w:rsid w:val="00895586"/>
     <w:rsid w:val="008B386F"/>
     <w:rsid w:val="008C1AF3"/>
     <w:rsid w:val="008F4F0C"/>
     <w:rsid w:val="00907772"/>
+    <w:rsid w:val="00941B49"/>
     <w:rsid w:val="009B20F8"/>
+    <w:rsid w:val="009C30FE"/>
     <w:rsid w:val="009C4486"/>
     <w:rsid w:val="00A0102D"/>
     <w:rsid w:val="00A568E7"/>
     <w:rsid w:val="00A673AB"/>
     <w:rsid w:val="00A7584D"/>
     <w:rsid w:val="00AB0D7A"/>
     <w:rsid w:val="00AB3BA9"/>
     <w:rsid w:val="00AC6136"/>
+    <w:rsid w:val="00AD3E68"/>
     <w:rsid w:val="00B167CD"/>
     <w:rsid w:val="00B27EF0"/>
-    <w:rsid w:val="00B340EC"/>
     <w:rsid w:val="00B356BC"/>
+    <w:rsid w:val="00B8271B"/>
     <w:rsid w:val="00B838C1"/>
     <w:rsid w:val="00BB3D29"/>
     <w:rsid w:val="00BD0366"/>
     <w:rsid w:val="00BD1E19"/>
     <w:rsid w:val="00BD4BAE"/>
     <w:rsid w:val="00BF19DD"/>
     <w:rsid w:val="00C164EA"/>
     <w:rsid w:val="00C17BDD"/>
+    <w:rsid w:val="00C57F55"/>
     <w:rsid w:val="00C604A8"/>
     <w:rsid w:val="00C716DD"/>
     <w:rsid w:val="00C85B75"/>
     <w:rsid w:val="00C86127"/>
     <w:rsid w:val="00CA1101"/>
     <w:rsid w:val="00CA2D9E"/>
     <w:rsid w:val="00CC245B"/>
     <w:rsid w:val="00CC488B"/>
     <w:rsid w:val="00CE1713"/>
     <w:rsid w:val="00CF1566"/>
     <w:rsid w:val="00CF3AC2"/>
     <w:rsid w:val="00D40558"/>
     <w:rsid w:val="00D456D6"/>
+    <w:rsid w:val="00D45CC3"/>
     <w:rsid w:val="00D50F5C"/>
     <w:rsid w:val="00D62F51"/>
     <w:rsid w:val="00D8443B"/>
     <w:rsid w:val="00DA455F"/>
     <w:rsid w:val="00DC3F08"/>
     <w:rsid w:val="00DC4E72"/>
     <w:rsid w:val="00DD0760"/>
     <w:rsid w:val="00DF2436"/>
+    <w:rsid w:val="00DF46AA"/>
+    <w:rsid w:val="00DF4F76"/>
     <w:rsid w:val="00E12CD1"/>
+    <w:rsid w:val="00E1361F"/>
     <w:rsid w:val="00E15F74"/>
+    <w:rsid w:val="00E21516"/>
     <w:rsid w:val="00E25826"/>
     <w:rsid w:val="00E478B8"/>
+    <w:rsid w:val="00E639E1"/>
     <w:rsid w:val="00E66797"/>
     <w:rsid w:val="00E711E9"/>
     <w:rsid w:val="00E97664"/>
     <w:rsid w:val="00EA53CE"/>
     <w:rsid w:val="00EB3831"/>
     <w:rsid w:val="00EB5A4F"/>
     <w:rsid w:val="00EB73D3"/>
     <w:rsid w:val="00ED0C99"/>
     <w:rsid w:val="00ED26F7"/>
     <w:rsid w:val="00F2357F"/>
     <w:rsid w:val="00F41B43"/>
     <w:rsid w:val="00F63B34"/>
     <w:rsid w:val="00F96E8B"/>
     <w:rsid w:val="00FA4181"/>
     <w:rsid w:val="00FB760A"/>
+    <w:rsid w:val="00FE51EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026" fillcolor="#d6bbeb" strokecolor="#7030a0">
       <v:fill color="#d6bbeb" opacity="28836f" color2="#eb71c2" rotate="t" focus="100%" type="gradient"/>
       <v:stroke color="#7030a0"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="0733CFF1"/>
   <w15:docId w15:val="{A2DE1E00-0A69-4726-A12D-211D2248634C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -8612,55 +8996,55 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000F13C0"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00E15F74"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:invitation@online1.snapsurveys.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/publications/mandatory-reporting-of-female-genital-mutilation-procedural-information" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.publishing.service.gov.uk/government/uploads/system/uploads/attachment_data/file/863323/HOCountyLinesGuidance_-_Sept2018.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lgfl.net/TypesOfHarm/OnlineSafetyAudit" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boltonsafeguardingchildren.org.uk/homepage/25/self-assessment-grading" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boltonsafeguardingchildren.org.uk/homepage/27/action-planning-from-your-self-audit" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/publications/prevent-duty-guidance" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boltonsafeguardingchildren.org.uk/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SET@Bolton.gov.uk" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://schoolextranet.bolton.gov.uk/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/publications/working-together-to-improve-school-attendance" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boltonsafeguardingchildren.org.uk/homepage/26/online-self-assessment-tool-survey" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/guidance/-governance-in-academy-trusts/statutory-policies-for-trusts" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boltonsafeguardingchildren.org.uk/downloads/file/36/framework-for-action-threshold-document" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boltonsafeguardingchildren.org.uk/homepage/22/section-175157-self-audit" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/guidance/governance-in-maintained-schools/statutory-policies-for-maintained-schools" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://saferinternet.org.uk/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:invitation@online1.snapsurveys.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.JPG"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/publications/keeping-children-safe-in-education--2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/guidance/mental-health-and-wellbeing-support-in-schools-and-colleges" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boltonsafeguardingchildren.org.uk/homepage/27/action-planning-from-your-self-audit" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/publications/review-of-sexual-abuse-in-schools-and-colleges/review-of-sexual-abuse-in-schools-and-colleges" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/publications/sharing-nudes-and-semi-nudes-advice-for-education-settings-working-with-children-and-young-people/sharing-nudes-and-semi-nudes-advice-for-education-settings-working-with-children-and-young-people" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/publications/behaviour-in-schools--2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://360safe.org.uk/overview/template-online-risk-assessment/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:invitation@online1.snapsurveys.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/publications/mandatory-reporting-of-female-genital-mutilation-procedural-information" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/publications/education-inspection-framework/education-inspection-framework-for-use-from-november-2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.publishing.service.gov.uk/government/uploads/system/uploads/attachment_data/file/863323/HOCountyLinesGuidance_-_Sept2018.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boltonsafeguardingchildren.org.uk/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:invitation@online1.snapsurveys.com" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boltonsafeguardingchildren.org.uk/homepage/25/self-assessment-grading" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boltonsafeguardingchildren.org.uk/homepage/27/action-planning-from-your-self-audit" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/publications/prevent-duty-guidance" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boltonsafeguardingchildren.org.uk/downloads/file/36/framework-for-action-threshold-document" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.publishing.service.gov.uk/media/67446a8a81f809b32c8568d3/CSPRP_-_I_wanted_them_all_to_notice.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SET@Bolton.gov.uk" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://schoolextranet.bolton.gov.uk/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.publishing.service.gov.uk/media/66320b06c084007696fca731/Info_sharing_advice_content_May_2024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.publishing.service.gov.uk/media/68b8499e11b4ded2da19fd92/Relationships_education__relationships_and_sex_education_and_health_education_-_statutory_guidance.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boltonsafeguardingchildren.org.uk/homepage/26/online-self-assessment-tool-survey" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/guidance/-governance-in-academy-trusts/statutory-policies-for-trusts" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/guidance/mental-health-and-wellbeing-support-in-schools-and-colleges" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.publishing.service.gov.uk/media/67cb0a9d5993d41513a45c5b/Race_Racism_Safeguarding_March_2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.publishing.service.gov.uk/media/67a1ee367da1f1ac64e5fe2c/Arranging_Alternative_Provision_-_A_Guide_for_Local_Authorities_and_Schools.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boltonsafeguardingchildren.org.uk/homepage/22/section-175157-self-audit" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/guidance/governance-in-maintained-schools/statutory-policies-for-maintained-schools" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://saferinternet.org.uk/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://360safe.org.uk/overview/template-online-risk-assessment/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.JPG"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/publications/keeping-children-safe-in-education--2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/publications/behaviour-in-schools--2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boltonsafeguardingchildren.org.uk/homepage/27/action-planning-from-your-self-audit" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/publications/review-of-sexual-abuse-in-schools-and-colleges/review-of-sexual-abuse-in-schools-and-colleges" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/publications/sharing-nudes-and-semi-nudes-advice-for-education-settings-working-with-children-and-young-people/sharing-nudes-and-semi-nudes-advice-for-education-settings-working-with-children-and-young-people" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/publications/working-together-to-improve-school-attendance" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lgfl.net/TypesOfHarm/OnlineSafetyAudit" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -8901,69 +9285,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{68977900-30BF-4272-A1AC-819D18D16CB9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>11</Pages>
-  <Words>2656</Words>
-  <Characters>15141</Characters>
+  <Words>2859</Words>
+  <Characters>16473</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>35</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>383</Lines>
+  <Paragraphs>187</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17762</CharactersWithSpaces>
+  <CharactersWithSpaces>19145</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Nicholson, Jo</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>