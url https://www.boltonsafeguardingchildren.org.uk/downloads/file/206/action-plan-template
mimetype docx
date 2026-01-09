--- v0 (2025-10-23)
+++ v1 (2026-01-09)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="26C34960" w14:textId="77777777" w:rsidR="00AA6027" w:rsidRDefault="00AA6027" w:rsidP="00AA6027">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4513"/>
           <w:tab w:val="right" w:pos="9026"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Semilight" w:hAnsi="Segoe UI Semilight" w:cs="Segoe UI Semilight"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="108D8DE8" w14:textId="77777777" w:rsidR="00AA6027" w:rsidRDefault="00AA6027" w:rsidP="00AA6027">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4513"/>
           <w:tab w:val="right" w:pos="9026"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -251,152 +251,172 @@
           <w:rFonts w:ascii="Segoe UI Semilight" w:hAnsi="Segoe UI Semilight" w:cs="Segoe UI Semilight"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4C3592D3" w14:textId="77777777" w:rsidR="00AA6027" w:rsidRDefault="00AA6027" w:rsidP="00AA6027">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4513"/>
           <w:tab w:val="right" w:pos="9026"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Semilight" w:hAnsi="Segoe UI Semilight" w:cs="Segoe UI Semilight"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4AC6124D" w14:textId="08DE9347" w:rsidR="00AA6027" w:rsidRPr="00AA6027" w:rsidRDefault="00AA6027" w:rsidP="00AA6027">
+    <w:p w14:paraId="22A4B5B8" w14:textId="78783240" w:rsidR="00AA6027" w:rsidRPr="00F30DC3" w:rsidRDefault="00AA6027" w:rsidP="00F30DC3">
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Semilight" w:hAnsi="Segoe UI Semilight" w:cs="Segoe UI Semilight"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="72"/>
-          <w:szCs w:val="72"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="96"/>
+          <w:szCs w:val="96"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA6027">
+      <w:r w:rsidRPr="00F30DC3">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Semilight" w:hAnsi="Segoe UI Semilight" w:cs="Segoe UI Semilight"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="72"/>
-          <w:szCs w:val="72"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="96"/>
+          <w:szCs w:val="96"/>
         </w:rPr>
         <w:t>Section 175</w:t>
       </w:r>
-      <w:r w:rsidR="00472ADF">
+      <w:r w:rsidR="00472ADF" w:rsidRPr="00F30DC3">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Semilight" w:hAnsi="Segoe UI Semilight" w:cs="Segoe UI Semilight"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="72"/>
-          <w:szCs w:val="72"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="96"/>
+          <w:szCs w:val="96"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA6027">
+      <w:r w:rsidRPr="00F30DC3">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Semilight" w:hAnsi="Segoe UI Semilight" w:cs="Segoe UI Semilight"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="72"/>
-          <w:szCs w:val="72"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="96"/>
+          <w:szCs w:val="96"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidR="00472ADF">
+      <w:r w:rsidR="00472ADF" w:rsidRPr="00F30DC3">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Semilight" w:hAnsi="Segoe UI Semilight" w:cs="Segoe UI Semilight"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="72"/>
-          <w:szCs w:val="72"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="96"/>
+          <w:szCs w:val="96"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA6027">
+      <w:r w:rsidRPr="00F30DC3">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Semilight" w:hAnsi="Segoe UI Semilight" w:cs="Segoe UI Semilight"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="72"/>
-[...2 lines deleted...]
-        <w:t>157</w:t>
+          <w:color w:val="auto"/>
+          <w:sz w:val="96"/>
+          <w:szCs w:val="96"/>
+        </w:rPr>
+        <w:t>157 A</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00CD5006" w:rsidRPr="00F30DC3">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Semilight" w:hAnsi="Segoe UI Semilight" w:cs="Segoe UI Semilight"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="72"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> Audit</w:t>
+          <w:color w:val="auto"/>
+          <w:sz w:val="96"/>
+          <w:szCs w:val="96"/>
+        </w:rPr>
+        <w:t>ssessment</w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidR="00F30DC3" w:rsidRPr="00F30DC3">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Semilight" w:hAnsi="Segoe UI Semilight" w:cs="Segoe UI Semilight"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="72"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00AA6027">
+          <w:color w:val="auto"/>
+          <w:sz w:val="96"/>
+          <w:szCs w:val="96"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F30DC3">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Semilight" w:hAnsi="Segoe UI Semilight" w:cs="Segoe UI Semilight"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="72"/>
-[...2 lines deleted...]
-        <w:t>Action plan Template</w:t>
+          <w:color w:val="auto"/>
+          <w:sz w:val="96"/>
+          <w:szCs w:val="96"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Action </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD5006" w:rsidRPr="00F30DC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Semilight" w:hAnsi="Segoe UI Semilight" w:cs="Segoe UI Semilight"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="96"/>
+          <w:szCs w:val="96"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F30DC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Semilight" w:hAnsi="Segoe UI Semilight" w:cs="Segoe UI Semilight"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="96"/>
+          <w:szCs w:val="96"/>
+        </w:rPr>
+        <w:t>lan Template</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37006D85" w14:textId="26764715" w:rsidR="00AA6027" w:rsidRDefault="00AA6027" w:rsidP="00AA6027">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4513"/>
           <w:tab w:val="right" w:pos="9026"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Semilight" w:hAnsi="Segoe UI Semilight" w:cs="Segoe UI Semilight"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2291BA36" w14:textId="5C384DE6" w:rsidR="00AA6027" w:rsidRPr="00AA6027" w:rsidRDefault="00AA6027" w:rsidP="00AA6027">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4513"/>
           <w:tab w:val="right" w:pos="9026"/>
         </w:tabs>
@@ -1086,51 +1106,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Semilight" w:hAnsi="Segoe UI Semilight" w:cs="Segoe UI Semilight"/>
                 <w:color w:val="171717" w:themeColor="background2" w:themeShade="1A"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>&lt;how will we know when we have been successful&gt;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AA6027" w:rsidRPr="00464A78" w14:paraId="002506C8" w14:textId="77777777" w:rsidTr="00BC10DD">
         <w:trPr>
           <w:trHeight w:val="850"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="8EAADB" w:themeColor="accent1" w:themeTint="99"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="50540B64" w14:textId="77777777" w:rsidR="00AA6027" w:rsidRPr="00464A78" w:rsidRDefault="00AA6027" w:rsidP="00BC10DD">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Semilight" w:hAnsi="Segoe UI Semilight" w:cs="Segoe UI Semilight"/>
                 <w:color w:val="660066"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00464A78">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Semilight" w:hAnsi="Segoe UI Semilight" w:cs="Segoe UI Semilight"/>
                 <w:color w:val="660066"/>
               </w:rPr>
               <w:t>1. Leadership &amp; Management</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4906" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="8EAADB" w:themeColor="accent1" w:themeTint="99"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="8EAADB" w:themeColor="accent1" w:themeTint="99"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="8EAADB" w:themeColor="accent1" w:themeTint="99"/>
@@ -1339,51 +1358,50 @@
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Semilight" w:hAnsi="Segoe UI Semilight" w:cs="Segoe UI Semilight"/>
                 <w:color w:val="171717" w:themeColor="background2" w:themeShade="1A"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AA6027" w:rsidRPr="00464A78" w14:paraId="0A0792EF" w14:textId="77777777" w:rsidTr="00BC10DD">
         <w:trPr>
           <w:trHeight w:val="850"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="8EAADB" w:themeColor="accent1" w:themeTint="99"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="50459973" w14:textId="1D1A88BA" w:rsidR="00AA6027" w:rsidRPr="00464A78" w:rsidRDefault="00AA6027" w:rsidP="00BC10DD">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Semilight" w:hAnsi="Segoe UI Semilight" w:cs="Segoe UI Semilight"/>
                 <w:color w:val="660066"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00464A78">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Semilight" w:hAnsi="Segoe UI Semilight" w:cs="Segoe UI Semilight"/>
                 <w:color w:val="660066"/>
               </w:rPr>
               <w:t xml:space="preserve">3. </w:t>
             </w:r>
             <w:r w:rsidR="00D07974">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Semilight" w:hAnsi="Segoe UI Semilight" w:cs="Segoe UI Semilight"/>
                 <w:color w:val="660066"/>
               </w:rPr>
               <w:t xml:space="preserve">Partnership working and Training </w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1473,71 +1491,78 @@
                 <w:color w:val="171717" w:themeColor="background2" w:themeShade="1A"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AA6027" w:rsidRPr="00464A78" w14:paraId="463737E5" w14:textId="77777777" w:rsidTr="00BC10DD">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="850"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="8EAADB" w:themeColor="accent1" w:themeTint="99"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5F9C9EA2" w14:textId="109C1F24" w:rsidR="00AA6027" w:rsidRPr="00464A78" w:rsidRDefault="00AA6027" w:rsidP="00BC10DD">
+          <w:p w14:paraId="5F9C9EA2" w14:textId="264B09ED" w:rsidR="00AA6027" w:rsidRPr="00464A78" w:rsidRDefault="00AA6027" w:rsidP="00BC10DD">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Semilight" w:hAnsi="Segoe UI Semilight" w:cs="Segoe UI Semilight"/>
                 <w:color w:val="660066"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00464A78">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Semilight" w:hAnsi="Segoe UI Semilight" w:cs="Segoe UI Semilight"/>
                 <w:color w:val="660066"/>
               </w:rPr>
               <w:t xml:space="preserve">4. </w:t>
             </w:r>
+            <w:r w:rsidR="00A2383C">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Semilight" w:hAnsi="Segoe UI Semilight" w:cs="Segoe UI Semilight"/>
+                <w:color w:val="660066"/>
+              </w:rPr>
+              <w:t>Family / E</w:t>
+            </w:r>
             <w:r w:rsidR="00D07974">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Semilight" w:hAnsi="Segoe UI Semilight" w:cs="Segoe UI Semilight"/>
                 <w:color w:val="660066"/>
               </w:rPr>
-              <w:t>Early Help</w:t>
+              <w:t>arly Help</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4906" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="8EAADB" w:themeColor="accent1" w:themeTint="99"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="8EAADB" w:themeColor="accent1" w:themeTint="99"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="8EAADB" w:themeColor="accent1" w:themeTint="99"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="8EAADB" w:themeColor="accent1" w:themeTint="99"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="167E9574" w14:textId="77777777" w:rsidR="00AA6027" w:rsidRPr="00464A78" w:rsidRDefault="00AA6027" w:rsidP="00BC10DD">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Semilight" w:hAnsi="Segoe UI Semilight" w:cs="Segoe UI Semilight"/>
                 <w:color w:val="171717" w:themeColor="background2" w:themeShade="1A"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -1606,51 +1631,50 @@
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Semilight" w:hAnsi="Segoe UI Semilight" w:cs="Segoe UI Semilight"/>
                 <w:color w:val="171717" w:themeColor="background2" w:themeShade="1A"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AA6027" w:rsidRPr="00464A78" w14:paraId="5AFE0AA5" w14:textId="77777777" w:rsidTr="00BC10DD">
         <w:trPr>
           <w:trHeight w:val="850"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="8EAADB" w:themeColor="accent1" w:themeTint="99"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4F681F70" w14:textId="2F255AAE" w:rsidR="00AA6027" w:rsidRPr="00464A78" w:rsidRDefault="00AA6027" w:rsidP="00BC10DD">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Semilight" w:hAnsi="Segoe UI Semilight" w:cs="Segoe UI Semilight"/>
                 <w:color w:val="660066"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00464A78">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Semilight" w:hAnsi="Segoe UI Semilight" w:cs="Segoe UI Semilight"/>
                 <w:color w:val="660066"/>
               </w:rPr>
               <w:t xml:space="preserve">5. </w:t>
             </w:r>
             <w:r w:rsidR="00D07974">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Semilight" w:hAnsi="Segoe UI Semilight" w:cs="Segoe UI Semilight"/>
                 <w:color w:val="660066"/>
               </w:rPr>
               <w:t>Safety and Supervision</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -2159,51 +2183,50 @@
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Semilight" w:hAnsi="Segoe UI Semilight" w:cs="Segoe UI Semilight"/>
                 <w:color w:val="171717" w:themeColor="background2" w:themeShade="1A"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AA6027" w:rsidRPr="00464A78" w14:paraId="403A64A2" w14:textId="77777777" w:rsidTr="00BC10DD">
         <w:trPr>
           <w:trHeight w:val="850"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="8EAADB" w:themeColor="accent1" w:themeTint="99"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5D15AB91" w14:textId="77777777" w:rsidR="00AA6027" w:rsidRPr="00464A78" w:rsidRDefault="00AA6027" w:rsidP="00BC10DD">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Semilight" w:hAnsi="Segoe UI Semilight" w:cs="Segoe UI Semilight"/>
                 <w:color w:val="660066"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00464A78">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Semilight" w:hAnsi="Segoe UI Semilight" w:cs="Segoe UI Semilight"/>
                 <w:color w:val="660066"/>
               </w:rPr>
               <w:t>7. Promoting the Welfare of Pupils</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4957" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="8EAADB" w:themeColor="accent1" w:themeTint="99"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="8EAADB" w:themeColor="accent1" w:themeTint="99"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="8EAADB" w:themeColor="accent1" w:themeTint="99"/>
@@ -2430,51 +2453,50 @@
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Semilight" w:hAnsi="Segoe UI Semilight" w:cs="Segoe UI Semilight"/>
                 <w:color w:val="171717" w:themeColor="background2" w:themeShade="1A"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AA6027" w:rsidRPr="00464A78" w14:paraId="531BE629" w14:textId="77777777" w:rsidTr="00BC10DD">
         <w:trPr>
           <w:trHeight w:val="850"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="8EAADB" w:themeColor="accent1" w:themeTint="99"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="71969087" w14:textId="77777777" w:rsidR="00AA6027" w:rsidRPr="00464A78" w:rsidRDefault="00AA6027" w:rsidP="00BC10DD">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Semilight" w:hAnsi="Segoe UI Semilight" w:cs="Segoe UI Semilight"/>
                 <w:color w:val="660066"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00464A78">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Semilight" w:hAnsi="Segoe UI Semilight" w:cs="Segoe UI Semilight"/>
                 <w:color w:val="660066"/>
               </w:rPr>
               <w:t>9. Safeguarding and the curriculum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4957" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="8EAADB" w:themeColor="accent1" w:themeTint="99"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="8EAADB" w:themeColor="accent1" w:themeTint="99"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="8EAADB" w:themeColor="accent1" w:themeTint="99"/>
@@ -4353,51 +4375,50 @@
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Semilight" w:hAnsi="Segoe UI Semilight" w:cs="Segoe UI Semilight"/>
                 <w:color w:val="171717" w:themeColor="background2" w:themeShade="1A"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B10667" w:rsidRPr="006876C4" w14:paraId="40D6697A" w14:textId="77777777" w:rsidTr="00BC10DD">
         <w:trPr>
           <w:trHeight w:val="1701"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="8EAADB" w:themeColor="accent1" w:themeTint="99"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="382DDEE4" w14:textId="77777777" w:rsidR="00B10667" w:rsidRPr="006876C4" w:rsidRDefault="00B10667" w:rsidP="00BC10DD">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Semilight" w:hAnsi="Segoe UI Semilight" w:cs="Segoe UI Semilight"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="660066"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006876C4">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Semilight" w:hAnsi="Segoe UI Semilight" w:cs="Segoe UI Semilight"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="660066"/>
               </w:rPr>
               <w:t>Additional #2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4952" w:type="dxa"/>
@@ -4618,51 +4639,50 @@
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Semilight" w:hAnsi="Segoe UI Semilight" w:cs="Segoe UI Semilight"/>
                 <w:color w:val="171717" w:themeColor="background2" w:themeShade="1A"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B10667" w:rsidRPr="006876C4" w14:paraId="779297CF" w14:textId="77777777" w:rsidTr="00BC10DD">
         <w:trPr>
           <w:trHeight w:val="1701"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="8EAADB" w:themeColor="accent1" w:themeTint="99"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0F994257" w14:textId="77777777" w:rsidR="00B10667" w:rsidRPr="006876C4" w:rsidRDefault="00B10667" w:rsidP="00BC10DD">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Semilight" w:hAnsi="Segoe UI Semilight" w:cs="Segoe UI Semilight"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="660066"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006876C4">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Semilight" w:hAnsi="Segoe UI Semilight" w:cs="Segoe UI Semilight"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="660066"/>
               </w:rPr>
               <w:t>Additional #4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4952" w:type="dxa"/>
@@ -4757,124 +4777,122 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4DD6D948" w14:textId="77777777" w:rsidR="00B10667" w:rsidRPr="006876C4" w:rsidRDefault="00B10667" w:rsidP="00B10667">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Semilight" w:hAnsi="Segoe UI Semilight" w:cs="Segoe UI Semilight"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="30FB60ED" w14:textId="77777777" w:rsidR="00B10667" w:rsidRDefault="00B10667"/>
     <w:sectPr w:rsidR="00B10667" w:rsidSect="00AA6027">
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="50EBF28A" w14:textId="77777777" w:rsidR="005D7BE6" w:rsidRDefault="005D7BE6" w:rsidP="005D7BE6">
+    <w:p w14:paraId="20C94775" w14:textId="77777777" w:rsidR="00402419" w:rsidRDefault="00402419" w:rsidP="005D7BE6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3C159836" w14:textId="77777777" w:rsidR="005D7BE6" w:rsidRDefault="005D7BE6" w:rsidP="005D7BE6">
+    <w:p w14:paraId="444F26BE" w14:textId="77777777" w:rsidR="00402419" w:rsidRDefault="00402419" w:rsidP="005D7BE6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Open Sans Light">
-    <w:altName w:val="Open Sans Light"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002EF" w:usb1="4000205B" w:usb2="00000028" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Semilight">
-    <w:altName w:val="Segoe UI Semilight"/>
     <w:panose1 w:val="020B0402040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1040965539"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="15B27943" w14:textId="671240AA" w:rsidR="005D7BE6" w:rsidRPr="005D7BE6" w:rsidRDefault="005D7BE6">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
@@ -4912,154 +4930,162 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="005D7BE6">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="76364D27" w14:textId="77777777" w:rsidR="005D7BE6" w:rsidRDefault="005D7BE6">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="21B7EAA9" w14:textId="77777777" w:rsidR="005D7BE6" w:rsidRDefault="005D7BE6" w:rsidP="005D7BE6">
+    <w:p w14:paraId="10BE4E0D" w14:textId="77777777" w:rsidR="00402419" w:rsidRDefault="00402419" w:rsidP="005D7BE6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="69DAEDE4" w14:textId="77777777" w:rsidR="005D7BE6" w:rsidRDefault="005D7BE6" w:rsidP="005D7BE6">
+    <w:p w14:paraId="7450D395" w14:textId="77777777" w:rsidR="00402419" w:rsidRDefault="00402419" w:rsidP="005D7BE6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AA6027"/>
     <w:rsid w:val="00077F6F"/>
-    <w:rsid w:val="00160B6D"/>
+    <w:rsid w:val="00222038"/>
     <w:rsid w:val="0023740B"/>
     <w:rsid w:val="00257FB2"/>
     <w:rsid w:val="002A6F3F"/>
+    <w:rsid w:val="003617F5"/>
     <w:rsid w:val="003E1215"/>
+    <w:rsid w:val="00402419"/>
     <w:rsid w:val="0046313F"/>
     <w:rsid w:val="00472ADF"/>
     <w:rsid w:val="005C66A1"/>
     <w:rsid w:val="005D7BE6"/>
+    <w:rsid w:val="00602E71"/>
     <w:rsid w:val="006836E6"/>
     <w:rsid w:val="008202B6"/>
     <w:rsid w:val="00997FD6"/>
     <w:rsid w:val="009A207B"/>
+    <w:rsid w:val="00A2383C"/>
     <w:rsid w:val="00AA6027"/>
     <w:rsid w:val="00AC6136"/>
     <w:rsid w:val="00B10510"/>
     <w:rsid w:val="00B10667"/>
     <w:rsid w:val="00B167CD"/>
     <w:rsid w:val="00B92880"/>
-    <w:rsid w:val="00BB37E9"/>
+    <w:rsid w:val="00BD2803"/>
+    <w:rsid w:val="00CD5006"/>
     <w:rsid w:val="00D07974"/>
+    <w:rsid w:val="00D243A4"/>
     <w:rsid w:val="00E47343"/>
+    <w:rsid w:val="00E73566"/>
+    <w:rsid w:val="00F30DC3"/>
     <w:rsid w:val="00F36DF8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="563059E7"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{B3E851FD-9633-4364-A3FD-1BB22519F4A4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5414,50 +5440,71 @@
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00AA6027"/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F30DC3"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="0"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -5700,55 +5747,68 @@
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="005D7BE6"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005D7BE6"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="005D7BE6"/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00F30DC3"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.svg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -5981,68 +6041,68 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
   <Words>287</Words>
-  <Characters>1641</Characters>
+  <Characters>1657</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>3</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>236</Lines>
+  <Paragraphs>67</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+      <vt:lpstr>Section 175 / 157 Assessment Action Plan Template</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1925</CharactersWithSpaces>
+  <CharactersWithSpaces>1877</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
+  <dc:title>Section 175 / 157 Assessment Action Plan Template</dc:title>
   <dc:subject/>
   <dc:creator>Nicholson, Jo</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>